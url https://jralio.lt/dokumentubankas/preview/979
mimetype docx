--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,9588 +1,9253 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2411F4CE" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="6706DDE5" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE93D6E" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0D7B83FE" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="0DFF0AA0" wp14:editId="0C475CB7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="4E3918B8" wp14:editId="7F7622F5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>-91436</wp:posOffset>
+              <wp:posOffset>-91435</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>206375</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="922020" cy="845185"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-            <wp:docPr id="5" name="image1.jpg" descr="C:\Users\Mokykla\Desktop\Logo.jpg"/>
+            <wp:docPr id="6" name="image1.jpg" descr="C:\Users\Mokykla\Desktop\Logo.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg" descr="C:\Users\Mokykla\Desktop\Logo.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="922020" cy="845185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E68074" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="56836D08" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TVIRTINU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DA8D4C" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0AFAA9DF" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direktorė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="256B8E6D" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="4D537AF2" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A43C211" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="16A072D4" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zita Gudonavičienė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0478D12F" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="2461EB7C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29FDA4BC" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B93BDED" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> M. SPALIO MĖN. VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A57DAB" w14:textId="00FF7FB2" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4DEA0AAF" w14:textId="4A2ED80E" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-10-01 Nr. R4-</w:t>
       </w:r>
-      <w:r w:rsidR="00C96CC2">
+      <w:r w:rsidR="00995EFC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>318</w:t>
+        <w:t>176</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D2B388" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="26A8B065" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B3E3AE8" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3083DDD9" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="000000"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="12" w:space="2" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="8DB3E2"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Renginys</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">        Data</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">      Vieta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    Dalyviai               Atsakingi                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D66A03D" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="4DE2886D" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="351E025A" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06989917" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I. ADMINISTRACIJOS, METODINIŲ GRUPIŲ,  MOKYTOJŲ TARYBOS VEIKLA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="afa"/>
+        <w:tblStyle w:val="afe"/>
         <w:tblW w:w="9783" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2133"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="19D14AB7" w14:textId="77777777">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="1B3E58D3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4D0764" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2735B284" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administracijos posėdis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35217938" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="520E3D68" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 07</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="603436C7" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+              <w:t>10 06</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07569541" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 14</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E265D8A" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+              <w:t>10 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA88341" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 21</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="30DF4A87" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+              <w:t>10 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC027A3" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10 28</w:t>
+              <w:t>10 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="013AFD41" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4CBD5595" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>114 kab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1262C8" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="168905E8" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administracijos nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F646708" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="21B4416B" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Z. Gudonavičienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="7EC0AD6B" w14:textId="77777777">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="46512EDA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="110"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="0D2C19C9" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41E25DE9" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vaiko gerovės komisijos posėdis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24398385" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 02</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7750EB" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75682BC6" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>311 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3864340E" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Komisijos nariai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2133" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="772DD0ED" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33B51E1E" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O. Smailienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E531CF" w:rsidRPr="00E531CF" w14:paraId="53BD97F5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="110"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3256" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="337F45C0" w14:textId="19ECD08A" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Vaiko gerovės komisijos posėdis</w:t>
+              <w:t>Mokytojų tarybos susitikimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FE5FC8C" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D0908FD" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="65168077" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34A3A773" w14:textId="4EAA96FE" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-              <w:t>15 val.</w:t>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>po 7 pamokų</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4B4DF1" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="055BB24F" w14:textId="016F7A40" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>311 kab.</w:t>
+              <w:t>Konferencijų salė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F9E1EF" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="29D437C6" w14:textId="2CB192E9" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Komisijos nariai</w:t>
+              <w:t>Mokytojų tarybos nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2133" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="475D36F6" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="335DCE30" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="5E124A7E" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A. Živaitienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D6C6DD0" w14:textId="30BBC8BD" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...184 lines deleted...]
-              <w:ind w:left="0" w:hanging="2"/>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...181 lines deleted...]
-              </w:rPr>
               <w:t>K. Čepukėnė</w:t>
-            </w:r>
-[...321 lines deleted...]
-              <w:t>Administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="656F7A93" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0E8253F2" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BE399D" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="38DB2EE0" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II. PEDAGOGINĖS VEIKLOS PRIEŽIŪRA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CB4F834" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
-[...38 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="afb"/>
+        <w:tblStyle w:val="aff"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="1E878280" w14:textId="77777777">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="2E620700" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65A2B742" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4BA2178C" w14:textId="64FDDF17" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="0" w:hanging="2"/>
-[...10 lines deleted...]
-              <w:t>III klasių mokinių dokumentacijos patikra</w:t>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ugdomosios veiklos stebėsena</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E5D588D" w14:textId="7ED1366B" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+          <w:p w14:paraId="246E3D56" w14:textId="41A8C65D" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="0" w:hanging="2"/>
-[...24 lines deleted...]
-              <w:t>10</w:t>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Spalio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1AD4DD" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+          <w:p w14:paraId="3433E02A" w14:textId="2260F406" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="0" w:hanging="2"/>
-[...4 lines deleted...]
-            </w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokytojai</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE17E9D" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRDefault="00000000">
+          <w:p w14:paraId="452B6F84" w14:textId="55085E24" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
-              <w:ind w:left="0" w:hanging="2"/>
-[...47 lines deleted...]
-              <w:t>Klasių vadovai</w:t>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D28F24B" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00C619C2" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="090B6614" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06E40715" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="60E65D93" w14:textId="0577A1EE" w:rsidR="00A26AE1" w:rsidRPr="00076557" w:rsidRDefault="00000000" w:rsidP="00076557">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III. PROFESINIS INFORMAVIMAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="afc"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-15" w:type="dxa"/>
+        <w:tblStyle w:val="aff0"/>
+        <w:tblW w:w="9780" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1988"/>
+        <w:gridCol w:w="2880"/>
+        <w:gridCol w:w="1485"/>
+        <w:gridCol w:w="1785"/>
+        <w:gridCol w:w="1665"/>
+        <w:gridCol w:w="1965"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="146E15FF" w14:textId="77777777" w:rsidTr="00113521">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="070D1F9E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A0C405" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Susitikimas su „Airtech“ dronų būrelio atstovais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328CB1B5" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8A47F1" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F6D011" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-III klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6898E05C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BE40E80" w14:textId="2F10CCD2" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="03E23AA1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D829F15" w14:textId="0D7348D8" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integruota ugdymo karjerai ir anglų kalbos pamoka </w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ateitį renkuosi aš: studijos visame pasaulyje</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371DA253" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 09</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E91EC0" w14:textId="0FBA3518" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384D6200" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB560F6" w14:textId="48ECD2E1" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08.05</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4855715E" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EAFF3D" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224E83B4" w14:textId="6C35680C" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391F613D" w14:textId="1D58EBDF" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anglų kalbos mokytojos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="0465A3CB" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EFE152" w14:textId="0868403A" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Susitikimas su Lietuvos kariuomenės Karo prievolės ir komplektavimo tarnybos atstovais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BB8FBC" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45A3CE6C" w14:textId="45E1BFC3" w:rsidR="00A13606" w:rsidRPr="00E531CF" w:rsidRDefault="00A13606">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.00-11.00 val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3832D196" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="109F44DB" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV klasių mokiniai </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49214579" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C730A7A" w14:textId="2274A00D" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="1B94725B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A49626F" w14:textId="06C125E4" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Valstybinių brandos egzaminų tvarkos aprašo, minimalių reikalavimų stojantiesiems ir konkursinio balo sandaros pristatymas III klasių mokiniams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C52254C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="766DC0CE" w14:textId="46AB3809" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.55</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 11.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B8A83C3" w14:textId="436003E8" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.15</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BEDC374" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 30 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B701D79" w14:textId="18B53E59" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.55</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072766C1" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konferencijų salė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...53 lines deleted...]
-            <w:r w:rsidR="00113521">
+            <w:tcW w:w="1665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9DABA5" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CE8EE3" w14:textId="7C2592CD" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
-[...52 lines deleted...]
-              <w:t>D. Sirtautienė</w:t>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Čepukėnė </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334C9247" w14:textId="487DC4B3" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacevičienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="58F4D5D6" w14:textId="77777777" w:rsidTr="00113521">
-[...134 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="6C3CE458" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2880" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F3C841" w14:textId="0AC6379C" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Valstybinių brandos egzaminų tvarkos aprašo, minimalių reikalavimų stojantiesiems ir konkursinio balo sandaros pristatymas abiturientams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B562C1F" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23E7782E" w14:textId="4162B73C" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FA4B2A" w14:textId="728A5EC6" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A22448C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Konferencijų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FACBB35" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IV klasių mokiniai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1988" w:type="dxa"/>
-[...95 lines deleted...]
-                <w:highlight w:val="white"/>
+            <w:tcW w:w="1965" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70968C89" w14:textId="031C4275" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...110 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Čepukėnė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A9A4B05" w14:textId="6E2E24D2" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
-            <w:r w:rsidR="00113521">
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nacevičienė</w:t>
-            </w:r>
-[...699 lines deleted...]
-              <w:t>Sirtautienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7EA94680" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00C619C2" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="5DCF37DF" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F029F7A" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="719F5654" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE736D">
+      <w:r w:rsidRPr="00E531CF">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV. UGDYMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="afd"/>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblStyle w:val="aff1"/>
+        <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3119"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3121"/>
+        <w:gridCol w:w="1557"/>
+        <w:gridCol w:w="1563"/>
+        <w:gridCol w:w="1509"/>
+        <w:gridCol w:w="2030"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="1B0BC829" w14:textId="77777777">
-[...2 lines deleted...]
-            <w:tcW w:w="9781" w:type="dxa"/>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="3E2BB863" w14:textId="77777777" w:rsidTr="00E531CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9780" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="62ACD247" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:hanging="2"/>
+          <w:p w14:paraId="08BFB913" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LYDERYSTĖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113521" w:rsidRPr="00FE736D" w14:paraId="10C049E5" w14:textId="77777777" w:rsidTr="00113521">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="26308011" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65F5933F" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Projektas „Pasimatuok Mokytojo profesiją“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB165EE" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EF8EA5A" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AD038AF" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17168F1A" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="602A98BE" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7959172F" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F8273E4" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D06E93C" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D1C979F" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0338B100" w14:textId="77777777" w:rsidR="00285331" w:rsidRPr="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="423EDCD7" w14:textId="77777777" w:rsidR="00285331" w:rsidRPr="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E4D876E" w14:textId="5F6D743F" w:rsidR="00285331" w:rsidRPr="00E531CF" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koncertas skirtas Mokytojų dienai paminėti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F515C27" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 03</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00991A47" w14:textId="5D3B3190" w:rsidR="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.00-11.00 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084A1BF3" w14:textId="77777777" w:rsidR="00285331" w:rsidRPr="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="672B416C" w14:textId="2FA68FC1" w:rsidR="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C075E2C" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A5C125E" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C281DC" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A8DE84B" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23EEFCBF" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09BB8D3E" w14:textId="476B8310" w:rsidR="00285331" w:rsidRPr="00E531CF" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F49322A" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41DC04DF" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Miesto mokyklos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7834E6F8" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00285331" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="780C4B8B" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00285331" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ABB06E4" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos „Žingsnio mokykla“,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BC3ED3B" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jonavos </w:t>
+            </w:r>
+            <w:r w:rsidR="00E531CF" w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Panerio pradinė mokykla</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20EF567F" w14:textId="77777777" w:rsidR="00285331" w:rsidRPr="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5616419C" w14:textId="7670B776" w:rsidR="00285331" w:rsidRPr="00E531CF" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jonavos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Panerio pradinė mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="295FF4B8" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5764863D" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0548A5C9" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00285331" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FA7B58" w14:textId="401AF3F4" w:rsidR="00285331" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialinės veiklos būrelis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7B54CE" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04CA3AB0" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D1E69A3" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="226781DD" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EDFDB09" w14:textId="0FD61519" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00285331">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dainavimo ir muzikos studijos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5CE2A82F" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E5AEA96" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Darbo grupė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF7B218" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B180C35" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRPr="00285331" w:rsidRDefault="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FF00753" w14:textId="1AEC2B91" w:rsidR="00E531CF" w:rsidRPr="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I. Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73A7ECEE" w14:textId="77777777" w:rsidR="00E531CF" w:rsidRDefault="00E531CF" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0929206B" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25655F21" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="250D9FE7" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B6F5572" w14:textId="77777777" w:rsidR="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D842052" w14:textId="77777777" w:rsidR="00285331" w:rsidRPr="00285331" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00E682B1" w14:textId="2DCC2CD2" w:rsidR="00285331" w:rsidRPr="00E531CF" w:rsidRDefault="00285331" w:rsidP="00E531CF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N. Kukarinienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="25BD8B4A" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407022FE" w14:textId="43A2B6E8" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tinklaveikos renginys</w:t>
+            </w:r>
+            <w:r w:rsidR="006C20D0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jonavos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Samulevičiaus progimnazijoje mokinys- mokiniui </w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anglų kalbos mokomės drauge</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FB3E0C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 20-24 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="498808AF" w14:textId="14621719" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos R.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C20D0">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Samulevičiaus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>progimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C1EF81" w14:textId="0DFB7267" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>II-III kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="650DD7BE" w14:textId="7C776CBE" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6-7 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1A707C" w14:textId="0C93BD79" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lamokovskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145A3B70" w14:textId="1AD87598" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A6EADD" w14:textId="7D240941" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Karosienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="728CFC72" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D1884" w:rsidRPr="00E531CF" w14:paraId="7CE27B89" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8A8F6B" w14:textId="1C8D1082" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integruota pilietiškumo pamoka </w:t>
+              <w:t>Tarptautinis projektas „Virtualūs ryšiai visame pasaulyje</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DACF21C" w14:textId="19055E7B" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 01-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED0E7ED" w14:textId="7E0665C1" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>204 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5E3B14" w14:textId="567A8B7B" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IIc klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3645DCF4" w14:textId="3FA509E1" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Karosienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313A4C5E" w14:textId="3978C113" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parėdnienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0D28C8" w14:textId="6893C28D" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gripkauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D1884" w:rsidRPr="00E531CF" w14:paraId="07932C81" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CB42CA" w14:textId="5146709D" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Tarptautinis žymių mainų projektas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCDF076" w14:textId="165B2A21" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 01-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="208EB7BC" w14:textId="426BE777" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2B6B1C" w14:textId="409B91E7" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-III klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B39244F" w14:textId="231EA22D" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Smailytė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A32B8ED" w14:textId="3AEBDD45" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lamokovskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B8D36A" w14:textId="05947723" w:rsidR="008D1884" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884" w:rsidP="008D1884">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gripkauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="4096202C" w14:textId="77777777" w:rsidTr="00E531CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9780" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCD71DF" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>STEAM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00076557" w:rsidRPr="00E531CF" w14:paraId="694458F2" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAD1A7C" w14:textId="786EC62F" w:rsidR="00076557" w:rsidRPr="00076557" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inovacijų stovykla </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADDD6EC" w14:textId="4CB5EE30" w:rsidR="00076557" w:rsidRPr="00076557" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8AE756" w14:textId="475EAA47" w:rsidR="00076557" w:rsidRPr="00076557" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>221</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">321 kab. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD9B2A5" w14:textId="080558AD" w:rsidR="00076557" w:rsidRPr="00076557" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IIb kla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA74D10" w14:textId="50279E04" w:rsidR="00076557" w:rsidRPr="00076557" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Strumilienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="3DAE46C3" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D41D19" w14:textId="43CEAA53" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00076557" w:rsidP="00076557">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Tinklaveikos renginys „Neries“ pagrindinės mokyklos mokiniams</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STEAM </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>užsiėmimai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6D5312" w14:textId="6976E1A0" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Spalio III</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sav.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-15</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0918D7A6" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>219 kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1915A365" w14:textId="0E6B8EEA" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,,Neries</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pagrindinės 8 kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2A13FC" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R. Morkaitienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F4D9086" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Knygauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="0C880BD5" w14:textId="77777777" w:rsidTr="00E531CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9780" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC2A6DB" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>KULTŪRA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="4CC72CC3" w14:textId="77777777" w:rsidTr="00810300">
+        <w:trPr>
+          <w:trHeight w:val="843"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3AAFFC" w14:textId="5FB16966" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spektaklio </w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
               <w:t>„</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t>Šaulių ir jaunųjų šaulių veiklos tėvynės labui</w:t>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Dievų miškas</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+              <w:t xml:space="preserve"> peržiūra ir aptarimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187E4CF0" w14:textId="1768F52A" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="405A465D" w14:textId="0EB61A56" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="624A39F2" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kauno valstybinis lėlių teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549DE2C9" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV B kursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48122C1C" w14:textId="1BAB473D" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="00076557">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C330802" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="29B991E4" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="570F5258" w14:textId="6800D959" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edukacija </w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Etninio tapatumo ženklai kasdienybėje</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D6D3F6" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="298E3D9D" w14:textId="007E72E1" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DE812F" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos Krašto muziejus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="030ECE0E" w14:textId="103E3C6F" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV kl</w:t>
+            </w:r>
+            <w:r w:rsidR="006C20D0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A03AABA" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L. Smailytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="5AFCA433" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1EAD05" w14:textId="424EF1B5" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edukacija </w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Tarpe nyčių nytuželių</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E086CF" w14:textId="0C0083FE" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
-[...93 lines deleted...]
-                <w:highlight w:val="white"/>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA0A5EA" w14:textId="591C8A29" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0409DF5F" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos Krašto muziejus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CAFF6E" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Etnokultūros būrelis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB5D01D" w14:textId="4A9E61C6" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
-[...39 lines deleted...]
-              <w:t>Sugaudis</w:t>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18FDC85F" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113521" w:rsidRPr="00FE736D" w14:paraId="07CF632D" w14:textId="77777777" w:rsidTr="00113521">
-[...3534 lines deleted...]
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="7C95EC33" w14:textId="77777777">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="01D1B82D" w14:textId="77777777" w:rsidTr="00E531CF">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9781" w:type="dxa"/>
+            <w:tcW w:w="9780" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6850BE00" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00000000">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:hanging="2"/>
+          <w:p w14:paraId="7A1E91F1" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KITOS VEIKLOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00985BED" w:rsidRPr="00FE736D" w14:paraId="14D0F50C" w14:textId="77777777" w:rsidTr="00113521">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="52673F13" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65933FEE" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tarptautinė Pagyvenusių žmonių diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D088665" w14:textId="61533E13" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B18C7FB" w14:textId="0FCF7609" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BCA240" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos Globos namai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA968B0" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialinės veiklos būrelis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7121F017" w14:textId="518145A1" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1884">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E049F7C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="5C18F43C" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEB8C60" w14:textId="52411355" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ia, Id, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Iė kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">asių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tėv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ų</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> susirinkima</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30751BDD" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17BAB0B9" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.30 val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A6EF6" w14:textId="4B61E606" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">108, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 220</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="411FD7B1" w14:textId="62C4DAAF" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="008D1884">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ia, Id, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Iė kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokinių tėvai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76AB9FD6" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRDefault="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Vyčienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2998A35C" w14:textId="0F132F7C" w:rsidR="00576CB7" w:rsidRDefault="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E. Živaitis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA272BF" w14:textId="60D2163A" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.Smailytė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="25FF92B1" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="445E7C89" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tarptautinė Mokytojų diena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77DC6C55" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 03</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E34ED8A" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2-6 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F89C04B" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gimnazijos erdvės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52A2CC12" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A7BABAD" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0575DD39" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Matonienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B4913A" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Pažėraitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B34166B" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N. Kukarinienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284CD120" w14:textId="6E1170E0" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Leonavičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="2DBDF487" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="717301D1" w14:textId="061FE72E" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t>Akcija, skirta Tarptautinei pagyvenusių žmonių dienai</w:t>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+              <w:t xml:space="preserve">Varžybos Kauno </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Žalgiris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Stambulo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Fenerbahce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6419B62B" w14:textId="0FB875D8" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="496E8A94" w14:textId="4B18E7A6" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kaunas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30C72C61" w14:textId="157B99AF" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-IV klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41C381E6" w14:textId="328DA3F4" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Živaitienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="045B3EA8" w14:textId="7ED7A23A" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Živaitis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FE4C32" w14:textId="31777C10" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg- Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="272388AC" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28A5B617" w14:textId="0A2C3B1F" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t>Jonavos Globos namai, Nakvynės namai</w:t>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socialinės veiklos būrelis </w:t>
+              <w:t xml:space="preserve">Edukacija </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t>Aš galiu</w:t>
+              <w:t>Dialogas tamsoje</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78475C08" w14:textId="5F906587" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64A28A47" w14:textId="2B8D7DD1" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vilnius </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A9FAADF" w14:textId="6E209583" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ib klasė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A6B081F" w14:textId="4193E859" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>G.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bazilevičienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C20D0" w:rsidRPr="00E531CF" w14:paraId="43145CE6" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2D2DFFAE" w14:textId="22AFFC17" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Protmūšis skirtas Jeronimo Ralio 149-osioms gimimo metinėms pažymėti.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58B68A48" w14:textId="5466B3DA" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DE3BE5A" w14:textId="030EA690" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Biblioteka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="550A6680" w14:textId="64189928" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1a,1b kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EB8923D" w14:textId="77777777" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Maciulevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B0B143F" w14:textId="29CEFE8F" w:rsidR="006C20D0" w:rsidRPr="00E531CF" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.Gripkauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="5E604941" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="67AF0812" w14:textId="1C863C26" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00576CB7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Jaunimo linijos edukacinio projekt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial"/>
+                <w:bCs/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mocinio atsparumo pamokos </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O kaip Tu?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="521B64C6" w14:textId="726F268E" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D57ECB" w14:textId="4EF33301" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="596E0CEF" w14:textId="18B56974" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dorinio ugdymo kabinetai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DF308D5" w14:textId="7D0A2EFE" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-IV kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18AE8ADE" w14:textId="1B811A60" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B1213AE" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F89F16B" w14:textId="30E8CA1F" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Vyč</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA6D5AE" w14:textId="6D9EC992" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Živaitis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="14CFFAA9" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58AB5083" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pirmokų krikštynos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F3CA4FB" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14920089" w14:textId="15E7B721" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="402B48F5" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gimnazijos erdvės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="579AB9E4" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65DA4654" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01C8F0F1" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokinių taryba</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="2770621F" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09CFE637" w14:textId="500C5939" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="007543CC" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dukacija „Ekslibris</w:t>
+            </w:r>
+            <w:r w:rsidR="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="007543CC" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56EB8FCC" w14:textId="69916ECA" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lietuvos nacionalin</w:t>
+            </w:r>
+            <w:r w:rsidR="007543CC" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ėje</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> M. Maž</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vydo bibliotek</w:t>
+            </w:r>
+            <w:r w:rsidR="007543CC" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>oje</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Pinigų muziej</w:t>
+            </w:r>
+            <w:r w:rsidR="006C20D0">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>us.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25F8707C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470003B0" w14:textId="4B0E7FDC" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nuo 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="669A4B14" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vilnius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="483F3DCB" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Iė klasės mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D32746E" w14:textId="461443A1" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Smailytė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53A97813" w14:textId="1273590C" w:rsidR="00A26AE1" w:rsidRPr="002116E6" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I.</w:t>
             </w:r>
+            <w:r w:rsidR="00576CB7" w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002116E6">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gripkauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="2A0026D8" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D710459" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Įsiamžinimo fotosesija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13C08FF2" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D5EE093" w14:textId="6127896E" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nuo 8</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BDA40F2" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EFA39B7" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-IV klasių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0084E4FF" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Sirtautienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0551B101" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių vadovai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="00CD7D06" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07D88418" w14:textId="40D5DCEA" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bandomasis lietuvių kalbos ir literatūros egzaminas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52D9982F" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1850515B" w14:textId="1698FD35" w:rsidR="00810300" w:rsidRPr="00810300" w:rsidRDefault="00810300" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5-8 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C4DD238" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30869718" w14:textId="049937AF" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV klasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04F9EFFF" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O. Bartušienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0378BEB1" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V. Budraitienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A38307E" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E. Krutkevičienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="365F4B03" w14:textId="6D602636" w:rsidR="00576CB7" w:rsidRPr="00810300" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="00810300" w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00810300">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Petrikonienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="345000B2" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02142D83" w14:textId="78EF0B6B" w:rsidR="00576CB7" w:rsidRPr="004B06F2" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B06F2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nacionalinis aplinkosaugos egzaminas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33AE14B7" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="004B06F2" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B06F2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B22A719" w14:textId="0716DFD3" w:rsidR="004B06F2" w:rsidRPr="004B06F2" w:rsidRDefault="004B06F2" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B06F2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1-2 pamokos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B713FE0" w14:textId="77777777" w:rsidR="00576CB7" w:rsidRPr="004B06F2" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22AC6465" w14:textId="3F6CF256" w:rsidR="00576CB7" w:rsidRPr="004B06F2" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B06F2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ib, IIb k</w:t>
+            </w:r>
+            <w:r w:rsidR="006C20D0">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>lasės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A943F5F" w14:textId="30D62646" w:rsidR="00576CB7" w:rsidRPr="004B06F2" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B06F2">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E. Paknienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C20D0" w:rsidRPr="00E531CF" w14:paraId="2CE75330" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C189D93" w14:textId="58EEDF4D" w:rsidR="006C20D0" w:rsidRPr="004B06F2" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Konstitucijos egzaminas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7761C1DA" w14:textId="5EF97F29" w:rsidR="006C20D0" w:rsidRPr="004B06F2" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Spalio mėn. III sav.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C56C3E6" w14:textId="24904135" w:rsidR="006C20D0" w:rsidRPr="004B06F2" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Aktų salė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27A64A90" w14:textId="6774CD98" w:rsidR="006C20D0" w:rsidRPr="004B06F2" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-IV kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių mokiniai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE736D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31874177" w14:textId="36B08F90" w:rsidR="006C20D0" w:rsidRPr="004B06F2" w:rsidRDefault="006C20D0" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Istorijos mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00576CB7" w:rsidRPr="00E531CF" w14:paraId="30861B4F" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7280FAF6" w14:textId="080BC84C" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Praktinis užsiėmimas Europos sveikos mitybos dienai paminėti </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Mano sveikas patiekalas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="592893FF" w14:textId="4C0712FB" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>10 27-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04C27562" w14:textId="470FBE09" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kab.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="331DD89D" w14:textId="1F019DDC" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18232B74" w14:textId="6E7BFC23" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>M. Stakėliūnaitė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B0BD8BA" w14:textId="2584C4C6" w:rsidR="00576CB7" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="00576CB7">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>Danielė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="38485C28" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DEE346" w14:textId="5BDCF2C0" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Akcija </w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jų niekas neatmena</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC1D4D4" w14:textId="74D20E15" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="760E8375" w14:textId="200C8DA8" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D6136B" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jonavos miesto kapinės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B3C9B6" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Socialinės veiklos būrelis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4E1CCA" w14:textId="1CA321C0" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I.</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kuuzeorg-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BB34AC6" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Petrikonienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w14:paraId="2BC58409" w14:textId="77777777" w:rsidTr="00113521">
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+      <w:tr w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w14:paraId="67A77BA1" w14:textId="77777777" w:rsidTr="00810300">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E754703" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jeronimo Ralio gimnazijos šachmatų turnyras 2025/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1557" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488F1DEB" w14:textId="07002287" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00576CB7" w:rsidP="006C20D0">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>palio - sausio mėn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="357B9F02" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gimnazijos erdvės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...167 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1509" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628FD303" w14:textId="5358B2EC" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-IV kl</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokiniai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429EF846" w14:textId="0CD4E459" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:ind w:hanging="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E531CF">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t>N.</w:t>
+            </w:r>
+            <w:r w:rsidR="00576CB7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...527 lines deleted...]
-            <w:r w:rsidRPr="00FE736D">
+            <w:r w:rsidRPr="00E531CF">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integruota dorinio ugdymo (tikybos ir etikos) pamoka </w:t>
-[...673 lines deleted...]
-              </w:rPr>
               <w:t>Zabarauskas</w:t>
-            </w:r>
-[...200 lines deleted...]
-              <w:t>Petrikonienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5034A086" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRPr="00FE736D" w:rsidRDefault="00C90DE7">
+    <w:p w14:paraId="32785A9D" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRPr="00E531CF" w:rsidRDefault="00A26AE1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:hanging="2"/>
+        <w:ind w:hanging="2"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C90DE7" w:rsidRPr="00FE736D">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00A26AE1" w:rsidRPr="00E531CF">
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CAFA85A" w14:textId="77777777" w:rsidR="00046267" w:rsidRDefault="00046267">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="083FCB8E" w14:textId="77777777" w:rsidR="00907382" w:rsidRDefault="00907382">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="508ACD78" w14:textId="77777777" w:rsidR="00046267" w:rsidRDefault="00046267">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0800DC1C" w14:textId="77777777" w:rsidR="00907382" w:rsidRDefault="00907382">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3BFBF713" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07A20733" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:ind w:hanging="2"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4C427921" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRDefault="00C90DE7">
+  <w:p w14:paraId="6DFAD19E" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRDefault="00A26AE1">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="360" w:hanging="2"/>
+      <w:ind w:right="360" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5192DC6F" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C578F2C" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:hanging="2"/>
+      <w:ind w:hanging="2"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00FE736D">
+    <w:r w:rsidR="00E531CF">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A1F6F23" w14:textId="77777777" w:rsidR="00C90DE7" w:rsidRDefault="00C90DE7">
+  <w:p w14:paraId="261C8352" w14:textId="77777777" w:rsidR="00A26AE1" w:rsidRDefault="00A26AE1">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="360" w:hanging="2"/>
+      <w:ind w:right="360" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="546E4FFF" w14:textId="77777777" w:rsidR="00046267" w:rsidRDefault="00046267">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17B6A3BB" w14:textId="77777777" w:rsidR="00907382" w:rsidRDefault="00907382">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E7EFF89" w14:textId="77777777" w:rsidR="00046267" w:rsidRDefault="00046267">
-[...3 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17512FDA" w14:textId="77777777" w:rsidR="00907382" w:rsidRDefault="00907382">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...212 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C90DE7"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00FE736D"/>
+    <w:rsidRoot w:val="00A26AE1"/>
+    <w:rsid w:val="00076557"/>
+    <w:rsid w:val="000F3F89"/>
+    <w:rsid w:val="0015161B"/>
+    <w:rsid w:val="001641CA"/>
+    <w:rsid w:val="001C37CB"/>
+    <w:rsid w:val="002116E6"/>
+    <w:rsid w:val="00285331"/>
+    <w:rsid w:val="003E0454"/>
+    <w:rsid w:val="00405D2C"/>
+    <w:rsid w:val="004B06F2"/>
+    <w:rsid w:val="004E2208"/>
+    <w:rsid w:val="00576CB7"/>
+    <w:rsid w:val="00680E78"/>
+    <w:rsid w:val="006847C3"/>
+    <w:rsid w:val="006C20D0"/>
+    <w:rsid w:val="007543CC"/>
+    <w:rsid w:val="00810300"/>
+    <w:rsid w:val="008D1884"/>
+    <w:rsid w:val="00907382"/>
+    <w:rsid w:val="00995EFC"/>
+    <w:rsid w:val="00A13606"/>
+    <w:rsid w:val="00A26AE1"/>
+    <w:rsid w:val="00A93B6E"/>
+    <w:rsid w:val="00B27C66"/>
+    <w:rsid w:val="00B548F2"/>
+    <w:rsid w:val="00E531CF"/>
+    <w:rsid w:val="00FE78C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79953C0B"/>
-  <w15:docId w15:val="{5DC90A93-EAD2-424F-96B1-C575A011E757}"/>
+  <w14:docId w14:val="7FA9EB23"/>
+  <w15:docId w15:val="{88A0D6B7-720B-41BE-BA7F-CC39B2EED5BD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:hanging="1"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9928,204 +9593,194 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="720"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:ind w:left="-1" w:hanging="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-        <w:bottom w:val="single" w:sz="12" w:space="2" w:color="auto"/>
+        <w:top w:val="single" w:sz="12" w:space="1" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="2" w:color="000000"/>
       </w:pBdr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="Table Normal"/>
+    <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -10157,124 +9812,132 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal3">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal4">
     <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal5">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
       <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:position w:val="-1"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Puslapionumeris">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="prastasis"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:ind w:left="1296"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emfaz">
     <w:name w:val="Emphasis"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
@@ -10287,435 +9950,466 @@
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Grietas">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal5"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+    <w:basedOn w:val="TableNormal4"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormal4"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormal4"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+    <w:basedOn w:val="TableNormal4"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ae">
+    <w:basedOn w:val="TableNormal4"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af0">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af2">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af4">
+    <w:basedOn w:val="TableNormal3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af5">
+    <w:basedOn w:val="TableNormal2"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af6">
+    <w:basedOn w:val="TableNormal2"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af7">
+    <w:basedOn w:val="TableNormal2"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af8">
+    <w:basedOn w:val="TableNormal2"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="af9">
+    <w:basedOn w:val="TableNormal2"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
+    <w:basedOn w:val="TableNormal1"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Paantrat">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a">
-[...296 lines deleted...]
-  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afe">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff0">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff1">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11000,84 +10694,84 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mg9CDQLtypWF6MXj2q6lZ0XtpqkZw==">CgMxLjA4AHIhMVl5V3hnRXZobExEN0d6bDhCR09Qd1IxZXk3SktKYnVu</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjMhUu1uCbrCdcgxxZZObCQ7/jHgw==">CgMxLjA4AHIhMUd1YkVuYU44bHpRMTdjRkhOMDhZcVNuRF9nd0lzQlFO</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2130</Characters>
+  <Pages>3</Pages>
+  <Words>3435</Words>
+  <Characters>1958</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5854</CharactersWithSpaces>
+  <CharactersWithSpaces>5383</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sekretore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>