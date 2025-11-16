--- v0 (2025-10-06)
+++ v1 (2025-11-16)
@@ -1,6813 +1,8485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75675095" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C563C4">
+    <w:p w14:paraId="25FF6B5B" w14:textId="77777777" w:rsidR="000C0E93" w:rsidRPr="000C0E93" w:rsidRDefault="000C0E93" w:rsidP="000C0E93">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="10065"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0E93">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C657B3" w14:textId="77777777" w:rsidR="000C0E93" w:rsidRPr="000C0E93" w:rsidRDefault="000C0E93" w:rsidP="000C0E93">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="10065"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0E93">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1F5F79" w14:textId="49993955" w:rsidR="000C0E93" w:rsidRPr="000C0E93" w:rsidRDefault="000C0E93" w:rsidP="000C0E93">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="10065"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0E93">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriaus 2025 m. sausio  d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349E5895" w14:textId="2FB01CCB" w:rsidR="000C0E93" w:rsidRPr="000C0E93" w:rsidRDefault="000C0E93" w:rsidP="000C0E93">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10490"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="10065"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0E93">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5689E599" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:spacing w:before="66"/>
-[...7 lines deleted...]
-      </w:r>
+        <w:spacing w:before="3" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7777F83B" w14:textId="28BE339A" w:rsidR="00C563C4" w:rsidRPr="00DD360C" w:rsidRDefault="00BE59DE" w:rsidP="00C563C4">
+    <w:p w14:paraId="0C2A4C64" w14:textId="1DC7EA14" w:rsidR="00BE59DE" w:rsidRPr="00757F82" w:rsidRDefault="00BE59DE" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5294" w:right="3017"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>JONAVOS JERONIMO RALIO GIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0339FC3F" w14:textId="57AFD7D1" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5294" w:right="3017"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>PSICHOLOGĖS 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00534182" w:rsidRPr="00757F82">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009147EF" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> M.VEIKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> PLANAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628EB24F" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:spacing w:before="2"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-15"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299B870E" w14:textId="4BEBAA47" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="004514FC">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="009147EF" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00534182" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005C60AF" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...93 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...41 lines deleted...]
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veiklos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>analizė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E98F2FC" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="00C200F2">
+    <w:p w14:paraId="7EC73F93" w14:textId="28D52076" w:rsidR="008D53AB" w:rsidRPr="0040124E" w:rsidRDefault="00C10878" w:rsidP="00A1726C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:spacing w:before="6"/>
-        <w:ind w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>Per 2024 metus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>psichologinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>pagalbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t>kreipėsi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00C678A9" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> bendruomenės nar</w:t>
+      </w:r>
+      <w:r w:rsidR="00C678A9" w:rsidRPr="0040124E">
+        <w:t>ys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34E5B" w:rsidRPr="0040124E">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00776254" w:rsidRPr="0040124E">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> mokiniai, 36 mokytojai bei 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00776254" w:rsidRPr="0040124E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> mokinių tėv</w:t>
+      </w:r>
+      <w:r w:rsidR="009157F6" w:rsidRPr="0040124E">
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Per šį laikotarpį su mokiniais įvyko 4</w:t>
+      </w:r>
+      <w:r w:rsidR="0028747B" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00776254" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>individualios konsultacijos, su mokytojais – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00817FAF" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, su mokinių tėvais – </w:t>
+      </w:r>
+      <w:r w:rsidR="00405275" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005429AD" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D53AB" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">Besikreipiančių asmenų </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3E5E" w:rsidRPr="0040124E">
+        <w:t>dažniaus</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4179" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">ias </w:t>
+      </w:r>
+      <w:r w:rsidR="008D53AB" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">problemų pobūdis: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34827" w:rsidRPr="0040124E">
+        <w:t>žema mokymosi motyvacija</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34827">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D53AB" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">sunkumai, susiję su </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34827" w:rsidRPr="0040124E">
+        <w:t>stresą sukeliančių situacijų valdymu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34827">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34827" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D53AB" w:rsidRPr="0040124E">
+        <w:t>sprendimų priėmimu, išsikeltų tikslų įgyvendinimu, bendravimu su draugais</w:t>
+      </w:r>
+      <w:r w:rsidR="001E68FC" w:rsidRPr="0040124E">
+        <w:t>/bendraamžiais</w:t>
+      </w:r>
+      <w:r w:rsidR="008D53AB" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="706B65E4" w14:textId="2CC544EF" w:rsidR="00D85043" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C200F2">
+    <w:p w14:paraId="090708CA" w14:textId="77777777" w:rsidR="001F4C62" w:rsidRPr="0040124E" w:rsidRDefault="001F4C62" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:ind w:right="426" w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="588" w:right="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DD360C">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+    </w:p>
+    <w:p w14:paraId="051EFFC9" w14:textId="05E9DB31" w:rsidR="005B631A" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">Psichologo veiklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00647A23" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">tikslingumą ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">veiksmingumą lėmė </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91EA0" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">glaudus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">bendradarbiavimas su </w:t>
+      </w:r>
+      <w:r w:rsidR="00D85043" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">klasių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6DA6">
+        <w:t>vadovais, dalykų mokytojais, administracija</w:t>
+      </w:r>
+      <w:r w:rsidR="00991CE1" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve"> bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6DA6">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6DA6">
+        <w:t>mokinių tėvais</w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C2D" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C64C2D" w:rsidRPr="007C6DA6">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:t>(globėjais, rūpintojais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2A30" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7ED1" w:rsidRPr="007C6DA6">
+        <w:t>I – IV gimnazijos klas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D801EE" w:rsidRPr="007C6DA6">
+        <w:t>ėse</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7ED1" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve"> mokiniams</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3C3E" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve"> aktualiom</w:t>
+      </w:r>
+      <w:r w:rsidR="00D801EE" w:rsidRPr="007C6DA6">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E3C3E" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve">s temomis </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7ED1" w:rsidRPr="007C6DA6">
+        <w:t xml:space="preserve">pravestos 32 klasės </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7ED1" w:rsidRPr="00757F82">
+        <w:t>valandos</w:t>
+      </w:r>
+      <w:r w:rsidR="008928E1" w:rsidRPr="00757F82">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16155" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> K</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04134" w:rsidRPr="00757F82">
+        <w:t>onfliktų sprendim</w:t>
+      </w:r>
+      <w:r w:rsidR="00F16155" w:rsidRPr="00757F82">
+        <w:t>o strategijos“, „Mano pasirinkimai ir jų pasekmės“, „Egzaminų stresas“</w:t>
+      </w:r>
+      <w:r w:rsidR="00167462" w:rsidRPr="00757F82">
+        <w:t>, „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00167462" w:rsidRPr="00757F82">
+        <w:t>Inter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB5B73" w:rsidRPr="00757F82">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00167462" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> kartos“, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4B89" w:rsidRPr="00757F82">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5B73" w:rsidRPr="00757F82">
+        <w:t>Paauglio</w:t>
+      </w:r>
+      <w:r w:rsidR="005A4B89" w:rsidRPr="00757F82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidR="005E0DA8">
+        <w:t xml:space="preserve">psichologiniai </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4B89" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">poreikiai“, „Mokymasis mokytis“, </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6551" w:rsidRPr="00757F82">
+        <w:t>„Tolerancija</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA08F9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6551" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00E317E9">
+        <w:t>jos ribos</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6551" w:rsidRPr="00757F82">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="006F3682" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B705F" w:rsidRPr="00757F82">
+        <w:t>Bendradarbiaujant su gimnazijos socialine pedagoge bei visuomenės sveikatos priežiūros specialiste</w:t>
+      </w:r>
+      <w:r w:rsidR="00585989" w:rsidRPr="00757F82">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B705F" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F3682" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">gimnazistams </w:t>
+      </w:r>
+      <w:r w:rsidR="001B705F" w:rsidRPr="00757F82">
+        <w:t>organizuot</w:t>
+      </w:r>
+      <w:r w:rsidR="0001535B" w:rsidRPr="00757F82">
+        <w:t>os įvairios veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7393">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0001535B" w:rsidRPr="00757F82">
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidR="00D801EE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sitikimas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34E5B" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00D801EE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diskusija su</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D801EE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>bendruomenės pareigūnėmis tema „Patyčioms – NE“</w:t>
+      </w:r>
+      <w:r w:rsidR="0044586B" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0001535B" w:rsidRPr="00757F82">
+        <w:t>paskaita</w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>„Emocinės sveikatos stiprinimas ir stres</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5B73" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valdymas“</w:t>
+      </w:r>
+      <w:r w:rsidR="0001535B" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, akcija </w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„Smilksta cigaretė </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34E5B" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dega gyvenimas“</w:t>
+      </w:r>
+      <w:r w:rsidR="0001535B" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00874081" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00830685" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I – </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7393">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00830685" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniams vest</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7393">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>i aktyvūs užsiėm</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53554">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>im</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7393">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ai bei </w:t>
+      </w:r>
+      <w:r w:rsidR="00830685" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>paskaitos</w:t>
+      </w:r>
+      <w:r w:rsidR="005B631A" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kurių tikslas – </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6992" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>keisti nepageidautiną elgesį ir mažinti psichoaktyviųjų medžiagų vartojimą mokinių tarpe</w:t>
+      </w:r>
+      <w:r w:rsidR="005B631A" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4F44BD" w14:textId="77777777" w:rsidR="005B631A" w:rsidRPr="00757F82" w:rsidRDefault="005B631A" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="588" w:right="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506C2AF0" w14:textId="661367B7" w:rsidR="00BA64B1" w:rsidRPr="00757F82" w:rsidRDefault="006B4179" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Išskirtinis dėmesys skirtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00537B03" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> bendradarbiavimui su g</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71802" w:rsidRPr="00757F82">
+        <w:t>imnazijos pedagoga</w:t>
+      </w:r>
+      <w:r w:rsidR="00537B03" w:rsidRPr="00757F82">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="008702C5" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3581" w:rsidRPr="00757F82">
+        <w:t>kurie moko</w:t>
+      </w:r>
+      <w:r w:rsidR="008702C5" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> specialiųjų ugdymosi poreikių turinči</w:t>
+      </w:r>
+      <w:r w:rsidR="008D3581" w:rsidRPr="00757F82">
+        <w:t>us mokinius</w:t>
+      </w:r>
+      <w:r w:rsidR="008702C5" w:rsidRPr="00757F82">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3581" w:rsidRPr="00757F82">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71802" w:rsidRPr="00757F82">
+        <w:t>eikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED287B" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">a pagalba bei </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71802" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">rekomendacijos </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3581" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD395E" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">šiems mokiniams </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED287B" w:rsidRPr="00757F82">
+        <w:t>pritaikytų programų bei individuali</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6878" w:rsidRPr="00757F82">
+        <w:t>ų ugdymo planų</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED287B" w:rsidRPr="00757F82">
+        <w:t>rengimo,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD395E" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">tinkamo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71802" w:rsidRPr="00757F82">
+        <w:t>mokymosi proceso organizavimo</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED287B" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71802" w:rsidRPr="00757F82">
+        <w:t>mokinių psichologinių poreikių tenkinim</w:t>
+      </w:r>
+      <w:r w:rsidR="00295F5B" w:rsidRPr="00757F82">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00965C69">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00684CCA" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32258" w:rsidRPr="00757F82">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6878" w:rsidRPr="00757F82">
+        <w:t>aug d</w:t>
+      </w:r>
+      <w:r w:rsidR="00786866" w:rsidRPr="00757F82">
+        <w:t>iskutuo</w:t>
+      </w:r>
+      <w:r w:rsidR="000E11A3" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">ta </w:t>
+      </w:r>
+      <w:r w:rsidR="00295F5B" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">apie </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7E11" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">tai, </w:t>
+      </w:r>
+      <w:r w:rsidR="00295F5B" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">su kokiais </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00991CE1" w:rsidRPr="00757F82">
+        <w:t>įtraukties</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00991CE1" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> sunkumais </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32258" w:rsidRPr="00757F82">
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidR="00991CE1" w:rsidRPr="00757F82">
+        <w:t> iššūkiai</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32258" w:rsidRPr="00757F82">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008D7E11" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6878" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">susiduriama </w:t>
+      </w:r>
+      <w:r w:rsidR="00890F75" w:rsidRPr="00757F82">
+        <w:t>kasdieninėse veiklose</w:t>
+      </w:r>
+      <w:r w:rsidR="00846BBE" w:rsidRPr="00757F82">
+        <w:t>, teiktos rekomendacijos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144DFC39" w14:textId="77777777" w:rsidR="00BA64B1" w:rsidRPr="00757F82" w:rsidRDefault="00BA64B1" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="588" w:right="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B41EAA7" w14:textId="4B3B13F6" w:rsidR="00920A72" w:rsidRPr="0040124E" w:rsidRDefault="00846BBE" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>Atliktas tyrimas, kuri</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE0D13" w:rsidRPr="00757F82">
+        <w:t>uo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">siekta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>išsiaiškinti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64E9A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>mokinių, mokytojų ir tėvų tarpusavio bendradarbiavim</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64E9A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64E9A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sąsajas su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>mokymosi motyvacijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64E9A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>225</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64E9A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniai). </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64B1" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>Vykdytas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E907BC" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> gimnazijos I klasių mokinių adaptacijos naujoje mokymosi aplinkoje tyrimas, kurio rezultatai leido įvertinti mokinių prisitaikymą prie aplinkos, mokymosi sąlygų ir reikalavimų (136 mokiniai).</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC40C7" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:t>Vykdyta apklausa, siekiant įvertinti rūkymo paplitimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">II </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:lastRenderedPageBreak/>
+        <w:t>gimnazijos klasių mokinių tarpe, jų požiūrį</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>psichoaktyviųjų medžiagų vartojimą bei ketinimus jas vartoti ateityje</w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="002220F3" w:rsidRPr="0040124E">
+        <w:t>87</w:t>
+      </w:r>
+      <w:r w:rsidR="00706E85" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> mokiniai)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1281C" w:rsidRPr="0040124E">
+        <w:t>. Atlikta apklausa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44580" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Patyčių paplitimas gimnazijoje I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44580" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>IV klasių mokinių tarpe“</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5991" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (361 mokinys)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44580" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2018B" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">Siekiant įvertinti </w:t>
+      </w:r>
+      <w:r w:rsidR="005866A0" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve">gimnazijoje pedagogams skirtų </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3F55" w:rsidRPr="0040124E">
+        <w:t>TŪM mokymų</w:t>
+      </w:r>
+      <w:r w:rsidR="005866A0" w:rsidRPr="0040124E">
+        <w:t xml:space="preserve"> kokybę, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2018B" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64B1" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>tliktos 6 apklausos (37 pedagogai)</w:t>
+      </w:r>
+      <w:r w:rsidR="00911744" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Apklausų rezultatai </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64B1" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>atskleidė mokymų privalumus ir trūkumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36EF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, į kuriuos bus atsižvelgta </w:t>
+      </w:r>
+      <w:r w:rsidR="00803EC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizuojant </w:t>
+      </w:r>
+      <w:r w:rsidR="00201F7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>juos</w:t>
+      </w:r>
+      <w:r w:rsidR="00803EC9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ateityje.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC40C7" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E37FA5" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>Visų v</w:t>
+      </w:r>
+      <w:r w:rsidR="001D52FD" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>ykdytų</w:t>
+      </w:r>
+      <w:r w:rsidR="0072279B" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tyrimų ir apklausų rezultat</w:t>
+      </w:r>
+      <w:r w:rsidR="001D52FD" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ai pristatyti </w:t>
+      </w:r>
+      <w:r w:rsidR="0013009A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidR="003008F9" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aptarti </w:t>
+      </w:r>
+      <w:r w:rsidR="003008F9" w:rsidRPr="0040124E">
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidR="003008F9" w:rsidRPr="0040124E">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos mokiniais</w:t>
+      </w:r>
+      <w:r w:rsidR="0013009A" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003008F9" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokomųjų dalykų mokytojais, klasių vadovais, teiktos rekomendacijos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B57CAAA" w14:textId="77777777" w:rsidR="00201F7E" w:rsidRDefault="00201F7E" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="588" w:right="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A6A5720" w14:textId="3479AFBE" w:rsidR="00A723A0" w:rsidRPr="00757F82" w:rsidRDefault="002B18D9" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Siekiant ugdyti </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3EE9" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>nauj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">us </w:t>
+      </w:r>
+      <w:r w:rsidR="00675975" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>įgūdžius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tobulinti turimas žinias, d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E908EF" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>alyvauta</w:t>
+      </w:r>
+      <w:r w:rsidR="00675975" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E908EF" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> edukacinės psichologijos bei Vaiko psichologinės gerovės komitet</w:t>
+      </w:r>
+      <w:r w:rsidR="00821D85" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>ų organizuotame seminare – diskusijoje „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E908EF" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>Įtraukaus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E908EF" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo aktualijos“</w:t>
+      </w:r>
+      <w:r w:rsidR="00675975" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3286" w:rsidRPr="0040124E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Švietimo ir mokslo komiteto diskusijoje </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD3286" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>„Regioniniai specialiojo ugdymo centrai: situacija, iššūkiai, problemos ir lūkesčiai“</w:t>
+      </w:r>
+      <w:r w:rsidR="00220604" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0060475D" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2A45" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>eminare "Pokyčių valdymas. Daugiametės planų dermės paieškos“</w:t>
+      </w:r>
+      <w:r w:rsidR="003F34AE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00792A1A" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>tarptautinėje konferencijoje „Patyčios besikeičiančiame pasaulyje: Lietuvos ir Šiaurės šalių patirtis”</w:t>
+      </w:r>
+      <w:r w:rsidR="003F34AE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005252A3" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">konferencijoje </w:t>
+      </w:r>
+      <w:r w:rsidR="006119FF" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>„LGBTQ+ tyrimai Lietuvoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00062A0C" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-          <w:spacing w:val="-5"/>
+      <w:r w:rsidR="006119FF" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>2024“</w:t>
+      </w:r>
+      <w:r w:rsidR="003F34AE" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00062A0C" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokymuose </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5A5D" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>„Nuo pabandymo iki priklausomybės: ką gali mokykla?”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2A45" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00062A0C" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E66873" w:rsidRPr="00DD360C">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidR="00FA2A45" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00A723A0" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>Dalyvaujanti lyderystė mokyklos bendruomenėje"</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA2A45" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00062A0C" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bei </w:t>
+      </w:r>
+      <w:r w:rsidR="00A723A0" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Bendruomenės ir komandos formavimas". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695E9DA6" w14:textId="77777777" w:rsidR="00080169" w:rsidRDefault="00080169" w:rsidP="00080169">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="590" w:right="432"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B7CC2D9" w14:textId="3068803C" w:rsidR="005862F9" w:rsidRPr="00757F82" w:rsidRDefault="00080169" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A0F" w:rsidRPr="00757F82">
+        <w:t>endradarbiauta su Jonavos švietimo pagalbos tarnyba</w:t>
+      </w:r>
+      <w:r w:rsidR="00E37FA5">
+        <w:t>, kuriant švietimo pagalbos modelį</w:t>
+      </w:r>
+      <w:r w:rsidR="00064CD3">
+        <w:t xml:space="preserve"> bei konsultuojantis dėl įtraukiojo mokymo įgyvendinimo</w:t>
+      </w:r>
+      <w:r w:rsidR="009D1AAE">
+        <w:t>. D</w:t>
+      </w:r>
+      <w:r w:rsidR="0035648A" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">alyvauta </w:t>
+      </w:r>
+      <w:r w:rsidR="00C61A0F" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="0035648A" w:rsidRPr="00757F82">
+        <w:t>Vaiko gerovės komisijoje, teiktos rekomendacijos.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7C3D" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D746F" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">Jonavos </w:t>
+      </w:r>
+      <w:r w:rsidR="0002201D" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">miesto ir rajono </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2D31" w:rsidRPr="00757F82">
+        <w:t>švietimo įstaigų psichologams</w:t>
+      </w:r>
+      <w:r w:rsidR="002926AB" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D00D0" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">skaitytas pranešimas, kurio metu </w:t>
+      </w:r>
+      <w:r w:rsidR="002926AB" w:rsidRPr="00757F82">
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00920A72" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">istatyta </w:t>
+      </w:r>
+      <w:r w:rsidR="005D00D0" w:rsidRPr="00757F82">
+        <w:t>kurt</w:t>
+      </w:r>
+      <w:r w:rsidR="00927CD3" w:rsidRPr="00757F82">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005D00D0" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> tabako ir alkoholio vartojimo prevencinė program</w:t>
+      </w:r>
+      <w:r w:rsidR="00927CD3" w:rsidRPr="00757F82">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> gimnazijos mokiniams</w:t>
+      </w:r>
+      <w:r w:rsidR="00927CD3" w:rsidRPr="00757F82">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E66873" w:rsidRPr="00DD360C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidR="005D00D0" w:rsidRPr="00757F82">
+        <w:t>jos vykdymo per mokslo metus rezultat</w:t>
+      </w:r>
+      <w:r w:rsidR="00927CD3" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve">ai. </w:t>
+      </w:r>
+      <w:r w:rsidR="005862F9" w:rsidRPr="00757F82">
+        <w:t>Vykdoma veikla buvo įvairiapusė, atitiko gimnazijos tikslus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A4C66D" w14:textId="77777777" w:rsidR="005862F9" w:rsidRPr="00757F82" w:rsidRDefault="005862F9" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="590" w:right="432" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0071D5E2" w14:textId="25975251" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Tikslas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B3B5FE" w14:textId="5DCF4136" w:rsidR="000C335E" w:rsidRPr="00757F82" w:rsidRDefault="00A93105" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="593" w:right="431"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>Rū</w:t>
+      </w:r>
+      <w:r w:rsidR="005D39A2" w:rsidRPr="00757F82">
+        <w:t>pintis mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1317" w:rsidRPr="00757F82">
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidR="005D39A2" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> psichine sveikata</w:t>
+      </w:r>
+      <w:r w:rsidR="000C335E" w:rsidRPr="00757F82">
+        <w:t xml:space="preserve"> bei reikalingų psichologinių ugdymo sąlygų sudarymu, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1317" w:rsidRPr="00757F82">
+        <w:t>formuoti gimnazijos bendruomenės teigiamą psichologinę aplinką</w:t>
+      </w:r>
+      <w:r w:rsidR="000C335E" w:rsidRPr="00757F82">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+    </w:p>
+    <w:p w14:paraId="339F44A8" w14:textId="3BC65F06" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0019A08A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A1726C">
+      <w:pPr>
+        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...128 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A04D160" w14:textId="54BAD4B1" w:rsidR="00EC2A30" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C200F2">
-[...415 lines deleted...]
-    <w:p w14:paraId="6CA46E95" w14:textId="279E5978" w:rsidR="00E80074" w:rsidRPr="00DD360C" w:rsidRDefault="00E80074" w:rsidP="00C200F2">
+    <w:p w14:paraId="0D8656E9" w14:textId="050B893B" w:rsidR="000C7C3D" w:rsidRPr="00757F82" w:rsidRDefault="00E80074" w:rsidP="0061742C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
-        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="102" w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teikti</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psichologinę</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagalbą</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="70"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokiniams,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>turintiems</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ugdymosi,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>asmenybės,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bendravimo,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emocinių</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="78"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elgesio</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sunkumų,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="71"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>jų</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="73"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-        <w:t>tėvams, mokytojams ir kitiems gimnazijos darbuotojams.</w:t>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvams</w:t>
+      </w:r>
+      <w:r w:rsidR="00757F82" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00757F82" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(globėjams, rūpintojams) ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojams.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7C3D" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B334DD9" w14:textId="77777777" w:rsidR="00E80074" w:rsidRPr="00DD360C" w:rsidRDefault="00E80074" w:rsidP="00C200F2">
+    <w:p w14:paraId="2D9C6B8A" w14:textId="1EB354AF" w:rsidR="00CD2800" w:rsidRPr="00757F82" w:rsidRDefault="00CD2800" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Konsultuoti mokytojus</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44D01">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44D01">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kognityvinių gebėjimų, elgesio ir emocijų, ugdymo ypatumų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4EC916" w14:textId="38A172C1" w:rsidR="00F84043" w:rsidRPr="00757F82" w:rsidRDefault="006F7C4D" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Konsultuoti </w:t>
+      </w:r>
+      <w:r w:rsidR="009C3AA6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokinių tėvus (rūpintojus/globėjus) bei </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojus,</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3AD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdanči</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3AD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SUP mokinius, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F554AC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6DBD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jų </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84043" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasiekim</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6DBD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ų bei patiriamų sunkumų mokymosi procese.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512A475F" w14:textId="1A09292E" w:rsidR="00F84043" w:rsidRPr="00757F82" w:rsidRDefault="00F84043" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dalyvauti VGK veikloje, atvejų aptarimuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B334DD9" w14:textId="50133FE0" w:rsidR="00E80074" w:rsidRPr="00757F82" w:rsidRDefault="00E80074" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Atlikti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patiriančių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymosi,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologinių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenybės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sunkumų,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vertinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559FDD58" w14:textId="3A003FEE" w:rsidR="00575867" w:rsidRPr="00757F82" w:rsidRDefault="00575867" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Įvertinti mokinio mokymosi galias, sunkumus, psichologines, socialines, asmenybės ir ugdymosi problemas, specialiuosius ugdymosi poreikius</w:t>
+      </w:r>
+      <w:r w:rsidR="003A677F" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> psichologiniu aspektu, rengti rekomendacijas, aptarti įvertinimą/rekomendacijas su tėvais (globėjais, rūpintojais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A65621" w14:textId="799673F4" w:rsidR="003A677F" w:rsidRPr="00757F82" w:rsidRDefault="003A677F" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="102"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendradarbiaujant su gimnazijos Vaiko gerovės komisijos nariais, parengti individualius ugdymo planus SUP mokiniams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3E8A9E" w14:textId="77777777" w:rsidR="00E80074" w:rsidRPr="00757F82" w:rsidRDefault="00E80074" w:rsidP="0061742C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vykdyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prevencinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siekiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formuoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teigiamą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendruomenės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>aplinką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C0091B" w14:textId="62415AB4" w:rsidR="00497734" w:rsidRPr="00757F82" w:rsidRDefault="00497734" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1214"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>Stebėti I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>IV klasių mokinių veiklą, emocinę būseną ir elgesį pamokų metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6978D35C" w14:textId="04CCDEC7" w:rsidR="00B02FFD" w:rsidRPr="00757F82" w:rsidRDefault="00B02FFD" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1214"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>Vykdyti prevencines veiklas (patyčių, psich</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77899" w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>oaktyviųjų medžiagų vartojimo).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C288BFE" w14:textId="4829C229" w:rsidR="00497734" w:rsidRPr="00757F82" w:rsidRDefault="00497734" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1214"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vertinimą.</w:t>
+        <w:t>Atlikti I klasių mokinių adaptacijos tyrimą, aptarti tyrimo rezultatus su mokytojais, parengti rekomendacijas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3E8A9E" w14:textId="77777777" w:rsidR="00E80074" w:rsidRPr="00DD360C" w:rsidRDefault="00E80074" w:rsidP="00C200F2">
+    <w:p w14:paraId="4C58DB4A" w14:textId="77777777" w:rsidR="00E80074" w:rsidRPr="00757F82" w:rsidRDefault="00E80074" w:rsidP="0061742C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organizuoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendruomenės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...8 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švietimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teikiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalykines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> konsultacijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC7C57F" w14:textId="787ADFD3" w:rsidR="00D77899" w:rsidRPr="00757F82" w:rsidRDefault="00D77899" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1214"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vesti mokiniams paskaitas ir klasės valandas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66750265" w14:textId="00CC7F41" w:rsidR="004C1651" w:rsidRPr="00757F82" w:rsidRDefault="004C1651" w:rsidP="0061742C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1214"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parengti </w:t>
+      </w:r>
+      <w:r w:rsidR="0083121E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informacinę medžiagą</w:t>
+      </w:r>
+      <w:r w:rsidR="00657045" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokytojams, mokinių tėvams</w:t>
+      </w:r>
+      <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (globėjams, rūpintojams)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidR="00657045" w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...52 lines deleted...]
-        <w:t>aplinką.</w:t>
+        <w:t>pedagoginių, psichologinių, asmenybės, ugdymosi problemų klausimais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C58DB4A" w14:textId="77777777" w:rsidR="00E80074" w:rsidRPr="00DD360C" w:rsidRDefault="00E80074" w:rsidP="00C200F2">
+    <w:p w14:paraId="5226CABC" w14:textId="19035C4D" w:rsidR="00193076" w:rsidRPr="00757F82" w:rsidRDefault="00193076" w:rsidP="0061742C">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="588"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="37"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD360C">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+      <w:r w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00DD360C">
+        <w:t>Bendradarbiauti su gimnazijos švietimo pagalbos specialistais, miesto mokyklų psichologais</w:t>
+      </w:r>
+      <w:r w:rsidR="00E36054" w:rsidRPr="00757F82">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> konsultacijas.</w:t>
+        <w:t>, tobulinti kvalifikaciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CE9762" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="00AD16DA">
-[...26 lines deleted...]
-    <w:p w14:paraId="31C558E3" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="00AD16DA">
+    <w:p w14:paraId="31C558E3" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:spacing w:before="6" w:after="1"/>
+        <w:spacing w:before="6" w:after="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="288" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="473" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="4861" w:type="pct"/>
+        <w:tblW w:w="13685" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2100"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4681"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="2770"/>
+        <w:gridCol w:w="2015"/>
+        <w:gridCol w:w="2042"/>
+        <w:gridCol w:w="4693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="01555DA3" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00AE3B69" w:rsidRPr="00757F82" w14:paraId="01555DA3" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="552"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AEFCEBC" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="7AEFCEBC" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veiklos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sritys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDAED11" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="5CDAED11" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Priemonė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C59F3C" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="55C59F3C" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="197A9684" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="197A9684" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atsakingi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EED1801" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="0EED1801" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
               <w:ind w:left="105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>asmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38BE8DDE" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="00C41CFB">
+          <w:p w14:paraId="38BE8DDE" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00615BD8">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veiklos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rezultatas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="1DCD7027" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00AE3B69" w:rsidRPr="00757F82" w14:paraId="1DCD7027" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="2207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="42F5DD7A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="42F5DD7A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3E720D" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="6D3E720D" w14:textId="6C895E89" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="144"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individualūs pokalbiai, konsultacijos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="001877D7">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>mokiniais.</w:t>
+              <w:t>mokiniams</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1490CF4C" w14:textId="51E2CBB1" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00181783" w:rsidP="006A1E6D">
+          <w:p w14:paraId="1490CF4C" w14:textId="51E2CBB1" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00181783" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visus mokslo</w:t>
             </w:r>
-            <w:r w:rsidR="00D57C33" w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00D57C33" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126D5733" w14:textId="16B2D9A4" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00423467" w:rsidP="006A1E6D">
+          <w:p w14:paraId="126D5733" w14:textId="16B2D9A4" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00423467" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0FDE3D" w14:textId="6A529A17" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="0BD19CE2" w14:textId="77777777" w:rsidR="005A3E2F" w:rsidRDefault="002F38C5" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gerėja</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendravimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendradarbiavimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E61234" w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kultūra, tarpasmeniniai santykiai su tėvais</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>(globėjais, rūpintojais),</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00145969" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendraamžiais</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E61234" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>pedagogais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007140D3" w:rsidRPr="00DD360C">
+            <w:r w:rsidR="007140D3" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokiniai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>geba</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>spręsti</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>iškilusius</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>konfliktus,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>problemas susijusias su mokymosi sunkumais, lankomumu.</w:t>
             </w:r>
-            <w:r w:rsidR="007140D3" w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="007140D3" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Domisi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>savęs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pažinimu.</w:t>
             </w:r>
-            <w:r w:rsidR="004535F5" w:rsidRPr="00DD360C">
+            <w:r w:rsidR="004535F5" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+          </w:p>
+          <w:p w14:paraId="0A0FDE3D" w14:textId="1A195A8D" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gerėja</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>psichologinė</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sveikata,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> Pagalba mokiniui  sisteminga ir įvairiapusė.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ma</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6942">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>žėja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> netinkamo elgesio apraiškų.</w:t>
+            </w:r>
+            <w:r w:rsidR="009D1B4F" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pagalba mokiniui</w:t>
+            </w:r>
+            <w:r w:rsidR="00E25E61">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D1B4F" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sisteminga ir įvairiapusė.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="2007FF3C" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00AE3B69" w:rsidRPr="00757F82" w14:paraId="2007FF3C" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
-          <w:trHeight w:val="827"/>
+          <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D543F2A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="006A1E6D">
+          <w:p w14:paraId="6D543F2A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00A710D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54081489" w14:textId="50D721CA" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="66B08B94" w14:textId="6A4ED3F3" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...62 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+            <w:r w:rsidR="009B2307">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ios konsultacijos  mokytojams</w:t>
+            </w:r>
+            <w:r w:rsidR="00C16E9B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su mokinių ugdymu susijusiais klausimais.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54081489" w14:textId="59975B04" w:rsidR="005D5F39" w:rsidRPr="00757F82" w:rsidRDefault="00C64200" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Pagalba mokytojams,  </w:t>
+            </w:r>
+            <w:r w:rsidR="005D5F39" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ugdantiems SUP turinčius mokinius dėl jų kognityvinių gebėjimų, elgesio ir emocijų, ugdymo ypatumų.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476FE739" w14:textId="21DD8D59" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E61234" w:rsidP="006A1E6D">
+          <w:p w14:paraId="476FE739" w14:textId="21DD8D59" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E61234" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Visus mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5CF191" w14:textId="3C4B89A4" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00423467" w:rsidP="006A1E6D">
+          <w:p w14:paraId="2D5CF191" w14:textId="3C4B89A4" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00423467" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61AC09FC" w14:textId="0EF20182" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="554A7432" w14:textId="70D75EC2" w:rsidR="00AC3E3E" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Geri</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>santykiai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>su</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokiniais,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>aktyv</w:t>
+            </w:r>
+            <w:r w:rsidR="004C59CA">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>esnis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>bendradarbiavimas su mokytojais bei mokinių tėvais.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendradarbiavimas su mokytojais bei mokinių tėvais</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(globėjais, rūpintojais)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC3E3E" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61AC09FC" w14:textId="2EA76482" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00AC3E3E" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUP mokinių pasiekimai ir sunkumai </w:t>
+            </w:r>
+            <w:r w:rsidR="00934314" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>kiekvieno pusmečio pabaigoje</w:t>
+            </w:r>
+            <w:r w:rsidR="00406D6C" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00642B75" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aptariami </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>su mokytojais, tėvais (globėjais, rūpintojais)</w:t>
+            </w:r>
+            <w:r w:rsidR="00406D6C" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, teikiamos rekomendacijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="69135ADC" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00AE3B69" w:rsidRPr="00757F82" w14:paraId="69135ADC" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
-          <w:trHeight w:val="1067"/>
+          <w:trHeight w:val="1141"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DD76FD8" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="006A1E6D">
+          <w:p w14:paraId="6DD76FD8" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00A710D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEAA382" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="7CEAA382" w14:textId="4A6A2DE2" w:rsidR="00CF2073" w:rsidRPr="00B97043" w:rsidRDefault="00E81C3C" w:rsidP="00B97043">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individualūs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pokalbiai, konsultacijos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidR="00BC6942">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00821F35" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:t xml:space="preserve">okinių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tėvais.</w:t>
+              <w:t>tėva</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6942">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ms</w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C2D" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (globėja</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6942">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C2D" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s, rūpintoja</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC6942">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C2D" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A39B67" w14:textId="2E14B914" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E61234" w:rsidP="006A1E6D">
+          <w:p w14:paraId="30A39B67" w14:textId="2E14B914" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E61234" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visus mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8D914B" w14:textId="2622BA6D" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="0060448B" w:rsidP="006A1E6D">
+          <w:p w14:paraId="0F8D914B" w14:textId="2622BA6D" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="0060448B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105" w:right="106"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="450B99AD" w14:textId="03F7648B" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00235CA0" w:rsidP="006A1E6D">
+          <w:p w14:paraId="450B99AD" w14:textId="376B6974" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00235CA0" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109" w:right="726"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Glaudesnis bendradarbiavimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>su</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokinių </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tėvais</w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C2D" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C64C2D" w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(globėjais, rūpintojais)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Problemų dėl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>santykių šeimoje</w:t>
             </w:r>
-            <w:r w:rsidR="008950AB" w:rsidRPr="00DD360C">
+            <w:r w:rsidR="008950AB" w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> efektyvesnis sprendimas.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="5520D062" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="5C7D9346" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
-          <w:trHeight w:val="1211"/>
+          <w:trHeight w:val="1157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2691A209" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="41844DE4" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Tiriamasis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C01ED44" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="307B3697" w14:textId="0BAD0709" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="3"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>darbas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(įvertinimas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381CB854" w14:textId="4EB1484D" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00E81C3C" w:rsidP="006A1E6D">
+          <w:p w14:paraId="01EA0E22" w14:textId="2D9BA1EC" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:ind w:right="539"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>galių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sunkumų,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>psichologinių,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>socialinių,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>asmenybės,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir ugdymosi problemų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>įvertinimas.</w:t>
+              <w:t>įvertinimas psichologiniu aspektu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41C1BABC" w14:textId="4CE7CD3F" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="00235CA0" w:rsidP="006A1E6D">
+          <w:p w14:paraId="0B2CE893" w14:textId="7414D4AF" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pagal </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>poreikį</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> visus mokslo metus.</w:t>
+              <w:t>poreikį visus mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="402594B1" w14:textId="4951EF5F" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="0060448B" w:rsidP="006A1E6D">
+          <w:p w14:paraId="54E3080D" w14:textId="5E302E0A" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC60E55" w14:textId="27E7DEC1" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="0075492E" w:rsidP="006A1E6D">
+          <w:p w14:paraId="24B8B17B" w14:textId="79632832" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokinio psichologinis galių ir sunkumų savalaikis įvertinimas. Dėl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kylančių </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sunkumų paruoštos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rekomendacijos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="5520D062" w14:textId="77777777" w:rsidTr="004B342A">
+        <w:trPr>
+          <w:trHeight w:val="752"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3C01ED44" w14:textId="4A4483E2" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381CB854" w14:textId="735E90EE" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Individualių ugdymo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pagalbos planų parengimas SUP mokiniams.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2015" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C1BABC" w14:textId="4FD3660F" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="570"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>poreikį visus mokslo metus.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C858718" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VGK nariai </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D95669" w14:textId="0A37DF7D" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Zabarauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402594B1" w14:textId="26B7A998" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC60E55" w14:textId="50B529A1" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109" w:right="231"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...90 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Parengti planai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="751B5892" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="751B5892" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66E72308" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="66E72308" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1293E59B" w14:textId="62EFD501" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="1293E59B" w14:textId="64E8E8E8" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veiklos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>elgesio stebėjimas pamokose.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>elgesio stebėjimas pamokose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (iki 10 pamokų)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D483A2E" w14:textId="090BDAA8" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="6D483A2E" w14:textId="090BDAA8" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pagal poreikį visus mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26D01E93" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="0198D7AF" w14:textId="1DF3BC0E" w:rsidR="00E6542B" w:rsidRPr="00197906" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105" w:right="127"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasių</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vadovai</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psichologė, </w:t>
-[...24 lines deleted...]
-          <w:p w14:paraId="06ECF2A5" w14:textId="1931A214" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+              <w:t>okytojai</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D01E93" w14:textId="5048E627" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105" w:right="127"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. Zabarauskienė </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06ECF2A5" w14:textId="019158D3" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B256833" w14:textId="043D2085" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00F20E15">
+          <w:p w14:paraId="4B256833" w14:textId="0AFDF92A" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nustatyti</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-13"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veiklos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>elgesio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">trūkumai </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pamokose</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F20E15" w:rsidRPr="00DD360C">
+              <w:t>pamokose, pateiktos rekomendacijos dėl mokymosi proceso organizavimo, nepageidaujamo elgesio korekcijos galimybių.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="7C666CC0" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="11AB31E6" w14:textId="77777777" w:rsidTr="004B342A">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="329C682B" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35550EF7" w14:textId="6F8C587A" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pakartotinis tyrimas „Veiksniai, lemiantys mokinių mokymosi motyvaciją I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III gimnazijos mokinių tarpe“.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2015" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2BEF4D" w14:textId="6C153154" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="570"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vasaris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65520562" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105" w:right="127"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K. Čepukėnė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F882114" w14:textId="33F51CF7" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105" w:right="127"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Zabarauskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246A00BE" w14:textId="2E8D479D" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nustatyti veiksniai, lemiantys mokinių mokymosi motyvaciją I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>III klasių mokinių tarpe.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendruomenė supažindinta su atlikto tyrimo rezultatais.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Remiantis tyrimo rezultatais pateiktos rekomendacijos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="7C666CC0" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24A05F12" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="24A05F12" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="376BF694" w14:textId="05490FEA" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="376BF694" w14:textId="2EB57C4D" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="539"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...18 lines deleted...]
-              <w:t>16 m. amžiaus mokinių tarpe“.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tyrimas: „Rūkymo paplitimas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I – IV klasių mokinių tarpe“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DF58B8" w14:textId="25AE24A3" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="43DF58B8" w14:textId="22085AAF" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>2023 kovas</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 m.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lapkritis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D34730F" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="67C13152" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...7 lines deleted...]
-          <w:p w14:paraId="6A5B5339" w14:textId="1E20D913" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>J. Zabarauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="478ECCC1" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O. Smailienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D34730F" w14:textId="2DFC80C7" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A5B5339" w14:textId="19A18CD1" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C949D61" w14:textId="37606190" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="4C949D61" w14:textId="401F5593" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atskleistas rūkymo paplitimas mokinių tarpe, jų požiūris į  psichoaktyviųjų medžiagų vartojimą bei ketinimus jas vartoti ateityje. </w:t>
-[...8 lines deleted...]
-            <w:r w:rsidR="00F20E15" w:rsidRPr="00DD360C">
+              <w:t>Atskleistas rūkymo paplitimas mokinių tarpe, jų požiūris į</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>psichoaktyviųjų medžiagų vartojimą bei ketinimus jas vartoti ateityje.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F20E15" w:rsidRPr="00DD360C">
-[...34 lines deleted...]
-            <w:r w:rsidR="00F20E15" w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendruomenė supažindinta su atlikto tyrimo rezultatais.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Remiantis tyrimo rezultatais, parengta psichoaktyviųjų medžiagų vartojimo prevencinė programa. </w:t>
+              <w:t xml:space="preserve"> Remiantis tyrimo rezultatais, parengta psichoaktyviųjų medžiagų vartojimo prevencinė programa. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="4A374885" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="4A374885" w14:textId="1A8E6F19" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="1157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15991BD9" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="15991BD9" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DCE0FB4" w14:textId="3167A244" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="2DCE0FB4" w14:textId="4710FC9B" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="539"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>I klasių mokinių adaptacijos naujoje mokymosi aplinkoje tyrimas.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tyrimas: „Patyčių paplitimas I – IV klasių mokinių tarpe“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553D24E3" w14:textId="798D2570" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="553D24E3" w14:textId="77028465" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00792E94">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kovas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25BCF0A8" w14:textId="0AC30994" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="16921559" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J. Zabarauskienė </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="170163CB" w14:textId="15311227" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>O. Smailienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BCF0A8" w14:textId="13E685C0" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C692EDA" w14:textId="1209E1AC" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00E81C3C">
+          <w:p w14:paraId="5C692EDA" w14:textId="07A86984" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00A710D4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...85 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Įvertintas patyčių paplitimas gimnazijoje.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Remiantis rezultatų analize, parengt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>os savalaikės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rekomendacijas, užsiėmim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, kurie didin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mokinių sąmoningumą patyčių klausimu: padėti identifikuoti patyčias, pastebėjus patyčias patiems imtis veiksmų, patyrus/pastebėjus patyčias skatinti kalbėti su suaugusiais (auklėtoju/a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pagalbos mokiniui specialistais, tėvais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> rekomendacijos.</w:t>
-[...82 lines deleted...]
-              <w:t xml:space="preserve"> I gimnazijos klasėse.</w:t>
+              <w:t>(globėjais, rūpintojais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) ieškant sprendimo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="55A25989" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="44F155E5" w14:textId="77777777" w:rsidTr="004B342A">
+        <w:trPr>
+          <w:trHeight w:val="1157"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2165" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="08E3DB74" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2866A3A5" w14:textId="3D443557" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="539"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I-tų klasių mokinių adaptacijos naujoje mokymosi aplinkoje tyrimas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2015" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A0B4C1" w14:textId="342A7542" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="570"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00792E94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gruodis </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE53775" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>J. Zabarauskienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2443125A" w14:textId="257A3E93" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>O. Smailienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C23D00D" w14:textId="7D9F0AC5" w:rsidR="00E6542B" w:rsidRPr="004B7AC7" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Įvertintas mokinių adaptacijos periodas gimnazijoje.  Gimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>bendruomenė supažindinta su atlikto tyrimo rezultatais. Pateiktos išvados</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rekomendacijos. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Mokiniai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>lengviau</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B13E50">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B7AC7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>adaptuojasi naujoje mokymosi aplinkoje.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="55A25989" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="2143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="06E495D9" w14:textId="0A16910C" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="06E495D9" w14:textId="0A16910C" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="412"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Psichologinis švietimas/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>prevencinė</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>veikla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D0D222" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="67D0D222" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokinių, švietimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aktualiais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">psichologijos klausimais. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D3E1E49" w14:textId="04A1CBF6" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
-[...79 lines deleted...]
-                <w:rFonts w:eastAsia="+mj-ea"/>
+          <w:p w14:paraId="60C7090D" w14:textId="6BEA4924" w:rsidR="00E6542B" w:rsidRPr="00BD12A9" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD12A9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasės valandos I – IV klasių mokiniams aktualiomis temomis:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CBF419C" w14:textId="3C4C67F6" w:rsidR="00E6542B" w:rsidRPr="00BD12A9" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD12A9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Žmogaus psichologinės būsenos“, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">„Mokymosi </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>„Karjerai svarbių asmenybės charakteristikų pažinimas“.</w:t>
-[...76 lines deleted...]
-              <w:t>„Žmogaus psichologinės būsenos“.</w:t>
+              <w:t xml:space="preserve">stiliai“, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD12A9">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Konfliktų valdymo strategijos“, „Paauglystė ir psichoaktyviosios medžiagos“.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EBB0DF" w14:textId="24F0D7E5" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Stereotipai“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Tolerancija“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74AB388D" w14:textId="4BFD8350" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>„Esminiai streso valdymo įgūdžiai“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokomės mokytis“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67A57A06" w14:textId="328C5D58" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="67A57A06" w14:textId="328C5D58" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Pagal poreikį visus mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52471B4F" w14:textId="6C753608" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="52471B4F" w14:textId="6C753608" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105" w:right="127"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A84430" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="26BA56D8" w14:textId="00294112" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="166"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organizuojami</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">užsiėmimai lavins </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>smenines, socialines, k</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>omunikavimo, m</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>okėjimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">mokytis kompetencijas. Sustiprinti </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:t xml:space="preserve">mokytis kompetencijas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Stiprinami</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mokinių socialiniai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>įgūdžiai, pasitikėjim</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>o savimi jausmas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kriti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">mąstymas. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokiniai</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> geriau suvoks </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pokyčių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>svarbą,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gebės</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendrauti</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...91 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ir bendradarbiauti, ieškos naujų idėjų ir sprendimų. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ykdoma psichoaktyviųjų </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">medžiagų vartojimo prevencija formuos mokinių neigiamas nuostatas, susijusias su psichoaktyviųjų medžiagų vartojimu, keis nepageidautiną elgesį bei ugdys sveikatingumo ir gyvenimo įgūdžius. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B13E50" w:rsidRPr="00DD360C" w14:paraId="12A34AB2" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="12A34AB2" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
-          <w:trHeight w:val="1934"/>
+          <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5051B808" w14:textId="77777777" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="5051B808" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03BE60F0" w14:textId="03B7F91F" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="1880DA6E" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokytojų, klasės vadovų, tėvų švietimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aktualiais</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...7 lines deleted...]
-          <w:p w14:paraId="6A0DEDE2" w14:textId="3EA4622B" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mokinio (vaiko) psichologijos, pedagoginės ir socialinės psichologijos klausimais. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22369461" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>Informacinės medžiagos, rekomendacijų parengimas: „Į pagalbą aktyvumo ir dėmesio sunkumų turintiems mokiniams“; „Keturi netinkamo elgesio tikslai – individualiosios psichologijos atsakymas į vaikų auklėjimo problemas“.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Informacinės medžiagos, rekomendacijų parengimas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: „Darbas su mokiniais, turinčiais elgesio sutrikimų“.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A0DEDE2" w14:textId="2D7B2DD9" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Informacinės medžiagos, rekomendacijų parengimas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: „Darbas su mokiniais, turinčiais kompleksinių mokymosi sunkumų“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="336BF548" w14:textId="60E0E258" w:rsidR="00D37C5E" w:rsidRPr="00DD360C" w:rsidRDefault="00D37C5E" w:rsidP="00D37C5E">
+          <w:p w14:paraId="5F666B1E" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1194"/>
               </w:tabs>
               <w:ind w:right="91"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2023 spalis</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001418ED" w:rsidRPr="00DD360C">
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:t>Visus mokslo metus</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>lapkritis</w:t>
-[...383 lines deleted...]
-          <w:p w14:paraId="014413DA" w14:textId="0A05F75F" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="00D37C5E">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="607B7677" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1194"/>
               </w:tabs>
               <w:ind w:right="91"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...166 lines deleted...]
-          <w:p w14:paraId="2B708B70" w14:textId="0B75D36B" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="00D37C5E">
+          </w:p>
+          <w:p w14:paraId="7481BA1B" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1194"/>
               </w:tabs>
               <w:ind w:right="91"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...230 lines deleted...]
-          <w:p w14:paraId="4B5A646C" w14:textId="745DB2A3" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          </w:p>
+          <w:p w14:paraId="7AD551A2" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1194"/>
               </w:tabs>
               <w:ind w:right="91"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+          </w:p>
+          <w:p w14:paraId="59F516DE" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2023 kovas</w:t>
-            </w:r>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FE28C54" w14:textId="7117D388" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00792E94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> balandis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D869381" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="244FBB62" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A1E3245" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52E77393" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A916C30" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09FF088B" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ADEB9A4" w14:textId="29F4EDE2" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 </w:t>
+            </w:r>
+            <w:r w:rsidR="00792E94">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">m. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>spalis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35773313" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="336BF548" w14:textId="464F04A2" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1194"/>
+              </w:tabs>
+              <w:ind w:right="91"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D249100" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="4FADA080" w14:textId="7204A846" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...44 lines deleted...]
-              <w:t>klasių vadovai</w:t>
+              <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4919ECE8" w14:textId="15B79FD0" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="52F32411" w14:textId="5B98AD42" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Informacija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apie</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pagalbos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gavimo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>būdus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>prieinama visiems gimnazijos bendruomenės nariams.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54BB8AA6" w14:textId="3DF5F1C1" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Formuojasi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>prevenciniai užsiėmimai didins mokinių sąmoningumą teisių ir pareigų bei smurto klausimais.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gimnazijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>bendruomenės</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nuomonė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apie psichologo darbo funkcijas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C2E06A" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokiniai</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>daugiau</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sužino</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apie</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>psichologo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veiklą</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042821BF" w14:textId="215EFCFD" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="109" w:right="231"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>gimnazijoje.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009037CD" w:rsidRPr="00DD360C" w14:paraId="1E486EC9" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="1E486EC9" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="1656"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1D754BE2" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="1D754BE2" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bendravimas, bendradarbiavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37ECDFF0" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="37ECDFF0" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvavimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vaiko</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gerovės komisijos darbe.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="659060A9" w14:textId="7CBCD073" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="659060A9" w14:textId="257F0B21" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pagal poreikį visus mokslo metus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED9280E" w14:textId="4C79937D" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="6ED9280E" w14:textId="4C79937D" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>VGK komisijos nariai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE29A2C" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="1BE29A2C" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Numatomi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ugdymo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tikslų</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>uždavinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pasiekimo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>būdai, bendradarbiaujama su mokytoju, pagalbos mokiniui specialistais, klasių vadovais.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F4151D7" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="5F4151D7" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bendradarbiavimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sprendžiant</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>iškilusias</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...7 lines deleted...]
-          <w:p w14:paraId="67ED865C" w14:textId="139BB660" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">problemas, gerėja ugdymo turinio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>įgyvendinimas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67ED865C" w14:textId="139BB660" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gerėja gimnazijos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>psichologinis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>klimatas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009037CD" w:rsidRPr="00DD360C" w14:paraId="0992A89C" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="0992A89C" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
+            <w:tcW w:w="2165" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BCED60E" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="5BCED60E" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F6CA67" w14:textId="1517F3A7" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="28F6CA67" w14:textId="1517F3A7" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="712"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bendradarbiavimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>su Jonavos ŠPT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EBF99CD" w14:textId="3DBDC045" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="00744999">
+          <w:p w14:paraId="1EBF99CD" w14:textId="2E7FD1C8" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>Darbuotojais.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>darbuotojais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
+            <w:tcW w:w="2015" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="377C12C8" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="377C12C8" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
+            <w:tcW w:w="2042" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DE95D2C" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="2DE95D2C" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA824A4" w14:textId="4C949A9B" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="6CA824A4" w14:textId="03A2206B" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1634"/>
                 <w:tab w:val="left" w:pos="2032"/>
                 <w:tab w:val="left" w:pos="4176"/>
                 <w:tab w:val="left" w:pos="5011"/>
               </w:tabs>
               <w:ind w:left="109" w:right="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bendraujama</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendradarbiaujama,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kaupiama </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">darbo </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
-[...4 lines deleted...]
-              <w:t>patirtis, tarpinstitucinis bendradarbiavimas.</w:t>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">patirtis, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vykdomas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tarpinstitucinis bendradarbiavimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009037CD" w:rsidRPr="00DD360C" w14:paraId="17869EA6" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="17869EA6" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="347"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E61FDB8" w14:textId="5F04D6BD" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="4210428A" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Organizacinis darbas</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organizacinis </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E61FDB8" w14:textId="04D57DC8" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>darbas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D671316" w14:textId="3EC7C4FE" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="2D671316" w14:textId="78CC447F" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Informacijos, dokumentų, reglamentuojančių mokyklos psichologo darbą rinkimas ir saugojimas. Metinės veiklos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>planų, ataskaitų rengimas. Individualios psichologinės ir kitos pagalbos registracijos žurnalų pildymas. Įvairių sąrašų, klausimynų, blankų paruošimas. Tyrimų duomenų analizavimas. Specialiųjų ugdymosi poreikių įvertinimo dokumentų kaupimas. Kvalifikacijos kėlimo apskaitos lapo pildymas. Ruošimasis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>konsultacijoms,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="304F4068" w14:textId="3A2FE309" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="304F4068" w14:textId="5BA79F38" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="712"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>paskaitoms, grupiniams užsiėmimams.</w:t>
+              <w:t xml:space="preserve">paskaitoms, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rupiniams užsiėmimams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2CA86A" w14:textId="1DCD23F8" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+          <w:p w14:paraId="5C2CA86A" w14:textId="1ECD1BB8" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Visus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B6690F9" w14:textId="3845E46B" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D48D54" w14:textId="48EACC5E" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+          <w:p w14:paraId="58D48D54" w14:textId="48EACC5E" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D3EA681" w14:textId="75E0B032" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="6D3EA681" w14:textId="75E0B032" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1634"/>
                 <w:tab w:val="left" w:pos="2032"/>
                 <w:tab w:val="left" w:pos="4176"/>
                 <w:tab w:val="left" w:pos="5011"/>
               </w:tabs>
               <w:ind w:left="109" w:right="105"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kaupiami dokumentai, metodinė medžiaga, nuolat tobulinama psichologinio darbo sistema.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009037CD" w:rsidRPr="00DD360C" w14:paraId="5FB1CAD5" w14:textId="77777777" w:rsidTr="00744999">
+      <w:tr w:rsidR="00E6542B" w:rsidRPr="00757F82" w14:paraId="5FB1CAD5" w14:textId="77777777" w:rsidTr="004B342A">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="672" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2165" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E023BAF" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="4E023BAF" w14:textId="541C4782" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Kvalifikacijos</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">  kėlimas</w:t>
+              <w:t>Kvalifikacijos</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000A330E" w14:textId="1CA6AD2E" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kėlimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1126" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2770" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7EDC19" w14:textId="77777777" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="5D7EDC19" w14:textId="77777777" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Individualus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kvalifikacijos</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="225545DA" w14:textId="66CE9D92" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="225545DA" w14:textId="66CE9D92" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>tobulinimas,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>savišvieta.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="734" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC10AFF" w14:textId="1FADFEED" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+          <w:p w14:paraId="5CC10AFF" w14:textId="35960B43" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00757F82">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Visus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6584A7" w14:textId="74CFCC8C" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokslo metus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9ED496" w14:textId="0797260A" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD360C">
+          <w:p w14:paraId="1D9ED496" w14:textId="0797260A" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J. Zabarauskienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1724" w:type="pct"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="714E30C4" w14:textId="33BFAD29" w:rsidR="009037CD" w:rsidRPr="00DD360C" w:rsidRDefault="009037CD" w:rsidP="009037CD">
+          <w:p w14:paraId="714E30C4" w14:textId="33BFAD29" w:rsidR="00E6542B" w:rsidRPr="00757F82" w:rsidRDefault="00E6542B" w:rsidP="00E6542B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1634"/>
                 <w:tab w:val="left" w:pos="2032"/>
                 <w:tab w:val="left" w:pos="4176"/>
                 <w:tab w:val="left" w:pos="5011"/>
               </w:tabs>
               <w:ind w:left="109" w:right="105"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Specialybės</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>žinių</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gilinimas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD360C">
+            <w:r w:rsidRPr="00757F82">
               <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> gerins mokiniams teikiamos profesionalios psichologinės pagalbos kokybę.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5A5B140E" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="00FA4E15">
-[...6 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="5A5B140E" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="005C2E51" w:rsidP="00F45335">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidSect="000528F9">
+          <w:headerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-          <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1077" w:bottom="1440" w:left="1077" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66417F7A" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005C2E51" w:rsidP="00FA4E15">
+    <w:p w14:paraId="7589A859" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:spacing w:before="4"/>
-      </w:pPr>
+        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="233"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>PRITARTA</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AB7BAE4" w14:textId="054D779A" w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidRDefault="005154C8" w:rsidP="005154C8">
+    <w:p w14:paraId="3D0C5159" w14:textId="77777777" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00E81C3C" w:rsidP="00F45335">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-        <w:t>__________________________________</w:t>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="233"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>Vaiko gerovės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>komisijos</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005C2E51" w:rsidRPr="00DD360C" w:rsidSect="00C563C4">
+    <w:p w14:paraId="15CD93C1" w14:textId="77777777" w:rsidR="00573F53" w:rsidRDefault="00E81C3C" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="233" w:right="10481"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0040124E">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00760B01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>m.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00760B01">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>sausio 15 d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74822494" w14:textId="0EC590CA" w:rsidR="00760B01" w:rsidRDefault="003028CB" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="233" w:right="10481"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00E81C3C" w:rsidRPr="00757F82">
+        <w:t>osėdžio protokol</w:t>
+      </w:r>
+      <w:r w:rsidR="006E3598">
+        <w:t>u</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C999648" w14:textId="4075555C" w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidRDefault="00D644AA" w:rsidP="00F45335">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="233" w:right="10481"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00757F82">
+        <w:t>Nr. VG</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25E61">
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00760B01">
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005C2E51" w:rsidRPr="00757F82" w:rsidSect="00573F53">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
-      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1134" w:header="0" w:footer="1031" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1134" w:header="0" w:footer="1032" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="487C5BEB" w14:textId="77777777" w:rsidR="00605D4E" w:rsidRDefault="00605D4E">
+    <w:p w14:paraId="3802CA07" w14:textId="77777777" w:rsidR="00F8306C" w:rsidRDefault="00F8306C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3ED1C789" w14:textId="77777777" w:rsidR="00605D4E" w:rsidRDefault="00605D4E">
+    <w:p w14:paraId="3F6D9FF6" w14:textId="77777777" w:rsidR="00F8306C" w:rsidRDefault="00F8306C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="+mj-ea">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4575028F" w14:textId="77777777" w:rsidR="00605D4E" w:rsidRDefault="00605D4E">
+    <w:p w14:paraId="5805CBDE" w14:textId="77777777" w:rsidR="00F8306C" w:rsidRDefault="00F8306C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76E8EF65" w14:textId="77777777" w:rsidR="00605D4E" w:rsidRDefault="00605D4E">
+    <w:p w14:paraId="2F774B47" w14:textId="77777777" w:rsidR="00F8306C" w:rsidRDefault="00F8306C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="735982918"/>
+      <w:id w:val="-430354985"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="74FB73F6" w14:textId="19E8A9FE" w:rsidR="007603FC" w:rsidRDefault="007603FC">
+      <w:p w14:paraId="4FCB66D2" w14:textId="35C3A076" w:rsidR="000528F9" w:rsidRDefault="000528F9">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="34C3A393" w14:textId="77777777" w:rsidR="007603FC" w:rsidRDefault="007603FC">
+  <w:p w14:paraId="1ABD0AFE" w14:textId="77777777" w:rsidR="000528F9" w:rsidRDefault="000528F9">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09E42AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CF02AEC"/>
     <w:lvl w:ilvl="0" w:tplc="1AFED5AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0F6E2F04">
@@ -6886,50 +8558,163 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="506EEBAE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11672" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13753063"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E60629E6"/>
+    <w:lvl w:ilvl="0" w:tplc="AC1886D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7CCAC9D6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A66ABA94" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="77544720" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="16D2BC20" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="943EB776" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A8869BB2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8A4C0AE2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BE182732" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22C650DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66FC67CA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7001,51 +8786,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23A77C91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58867698"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7114,51 +8899,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2F0AC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91586184"/>
     <w:lvl w:ilvl="0" w:tplc="04270001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7227,51 +9012,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54B43A59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A68A1B4"/>
     <w:lvl w:ilvl="0" w:tplc="E9F29EE2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="121" w:hanging="315"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DE7AB3A0">
@@ -7349,51 +9134,51 @@
     <w:lvl w:ilvl="7" w:tplc="04407CE8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10394" w:hanging="315"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="54048B7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11862" w:hanging="315"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73623812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FF42434"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7462,51 +9247,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ADB6B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F77AA832"/>
     <w:lvl w:ilvl="0" w:tplc="1DF49E9A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="110" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FC40BF22">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
@@ -7582,371 +9367,742 @@
     <w:lvl w:ilvl="7" w:tplc="070CC38A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2112" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1160FC7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2397" w:hanging="144"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1046100002">
+  <w:num w:numId="1" w16cid:durableId="2040465613">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="878275372">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="707489698">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="566035782">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="61611222">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="420300816">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="680619630">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1220940659">
+  <w:num w:numId="7" w16cid:durableId="860322310">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="74866039">
-[...2 lines deleted...]
-  <w:num w:numId="5" w16cid:durableId="653947665">
+  <w:num w:numId="8" w16cid:durableId="1610774902">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C2E51"/>
+    <w:rsid w:val="00006A4B"/>
+    <w:rsid w:val="00010497"/>
+    <w:rsid w:val="0001535B"/>
+    <w:rsid w:val="0002201D"/>
+    <w:rsid w:val="000238B6"/>
     <w:rsid w:val="00023BD0"/>
+    <w:rsid w:val="00023FEA"/>
+    <w:rsid w:val="00032D02"/>
+    <w:rsid w:val="000344E6"/>
+    <w:rsid w:val="00035383"/>
+    <w:rsid w:val="00036329"/>
     <w:rsid w:val="00042902"/>
     <w:rsid w:val="00050E63"/>
+    <w:rsid w:val="000528F9"/>
     <w:rsid w:val="000551FE"/>
+    <w:rsid w:val="00062A0C"/>
+    <w:rsid w:val="00064CD3"/>
     <w:rsid w:val="000800A9"/>
+    <w:rsid w:val="00080169"/>
     <w:rsid w:val="00082411"/>
+    <w:rsid w:val="00087129"/>
     <w:rsid w:val="00087F61"/>
+    <w:rsid w:val="000A421C"/>
+    <w:rsid w:val="000A6878"/>
     <w:rsid w:val="000A75C8"/>
+    <w:rsid w:val="000B2849"/>
+    <w:rsid w:val="000B3F55"/>
+    <w:rsid w:val="000C0E93"/>
     <w:rsid w:val="000C335E"/>
+    <w:rsid w:val="000C5991"/>
+    <w:rsid w:val="000C7C3D"/>
     <w:rsid w:val="000D2E41"/>
     <w:rsid w:val="000E0308"/>
+    <w:rsid w:val="000E11A3"/>
+    <w:rsid w:val="000E47CD"/>
+    <w:rsid w:val="000F0839"/>
+    <w:rsid w:val="000F4E5B"/>
+    <w:rsid w:val="000F5352"/>
     <w:rsid w:val="000F577C"/>
     <w:rsid w:val="00104410"/>
+    <w:rsid w:val="001058E1"/>
+    <w:rsid w:val="001114EE"/>
     <w:rsid w:val="00115FD0"/>
+    <w:rsid w:val="00123799"/>
+    <w:rsid w:val="0012657E"/>
+    <w:rsid w:val="0013009A"/>
     <w:rsid w:val="001309AE"/>
     <w:rsid w:val="001346A6"/>
-    <w:rsid w:val="001418ED"/>
+    <w:rsid w:val="00140967"/>
+    <w:rsid w:val="0014181B"/>
     <w:rsid w:val="001443C7"/>
-    <w:rsid w:val="00151C13"/>
+    <w:rsid w:val="00145969"/>
+    <w:rsid w:val="00164019"/>
+    <w:rsid w:val="0016544C"/>
+    <w:rsid w:val="001655AE"/>
+    <w:rsid w:val="00167462"/>
     <w:rsid w:val="00167B67"/>
     <w:rsid w:val="00181783"/>
+    <w:rsid w:val="001877D7"/>
+    <w:rsid w:val="00193076"/>
+    <w:rsid w:val="00193497"/>
+    <w:rsid w:val="00197906"/>
+    <w:rsid w:val="001A3E9B"/>
+    <w:rsid w:val="001A4813"/>
     <w:rsid w:val="001A69C7"/>
+    <w:rsid w:val="001B0389"/>
+    <w:rsid w:val="001B3EEB"/>
+    <w:rsid w:val="001B6C64"/>
+    <w:rsid w:val="001B705F"/>
+    <w:rsid w:val="001C616D"/>
     <w:rsid w:val="001D4E5B"/>
+    <w:rsid w:val="001D52FD"/>
+    <w:rsid w:val="001E611E"/>
+    <w:rsid w:val="001E68FC"/>
     <w:rsid w:val="001F1317"/>
+    <w:rsid w:val="001F4C62"/>
+    <w:rsid w:val="001F55FA"/>
     <w:rsid w:val="001F6DCA"/>
     <w:rsid w:val="00200A34"/>
+    <w:rsid w:val="00201F7E"/>
+    <w:rsid w:val="00207F8E"/>
+    <w:rsid w:val="00216EBA"/>
+    <w:rsid w:val="00220604"/>
+    <w:rsid w:val="002216CD"/>
+    <w:rsid w:val="002220F3"/>
     <w:rsid w:val="0023448E"/>
     <w:rsid w:val="00235CA0"/>
+    <w:rsid w:val="002426BC"/>
+    <w:rsid w:val="00260CFD"/>
+    <w:rsid w:val="0028747B"/>
+    <w:rsid w:val="002926AB"/>
+    <w:rsid w:val="00295F5B"/>
+    <w:rsid w:val="002B18D9"/>
+    <w:rsid w:val="002B34E5"/>
     <w:rsid w:val="002B5F75"/>
+    <w:rsid w:val="002C192B"/>
+    <w:rsid w:val="002C3950"/>
+    <w:rsid w:val="002D20C7"/>
+    <w:rsid w:val="002D3247"/>
+    <w:rsid w:val="002D38C9"/>
+    <w:rsid w:val="002D710B"/>
+    <w:rsid w:val="002F38C5"/>
+    <w:rsid w:val="003008F9"/>
+    <w:rsid w:val="003028CB"/>
+    <w:rsid w:val="003036C6"/>
+    <w:rsid w:val="003052F0"/>
+    <w:rsid w:val="0031564E"/>
+    <w:rsid w:val="0032199B"/>
+    <w:rsid w:val="003225BC"/>
+    <w:rsid w:val="0033324D"/>
+    <w:rsid w:val="00342A26"/>
+    <w:rsid w:val="00350AB1"/>
+    <w:rsid w:val="0035148D"/>
+    <w:rsid w:val="00351EA8"/>
     <w:rsid w:val="00353DD2"/>
+    <w:rsid w:val="0035627F"/>
+    <w:rsid w:val="0035648A"/>
+    <w:rsid w:val="00360D8B"/>
     <w:rsid w:val="003730A2"/>
+    <w:rsid w:val="003769F7"/>
+    <w:rsid w:val="00390814"/>
+    <w:rsid w:val="00396E76"/>
+    <w:rsid w:val="003A677F"/>
+    <w:rsid w:val="003A719C"/>
+    <w:rsid w:val="003B6327"/>
     <w:rsid w:val="003C1A9C"/>
     <w:rsid w:val="003C34F5"/>
     <w:rsid w:val="003D3F9F"/>
+    <w:rsid w:val="003D746F"/>
+    <w:rsid w:val="003E2672"/>
+    <w:rsid w:val="003E3C3E"/>
     <w:rsid w:val="003F0E54"/>
+    <w:rsid w:val="003F2FA4"/>
+    <w:rsid w:val="003F333B"/>
+    <w:rsid w:val="003F34AE"/>
+    <w:rsid w:val="0040124E"/>
+    <w:rsid w:val="0040412A"/>
+    <w:rsid w:val="00405275"/>
+    <w:rsid w:val="00406D6C"/>
+    <w:rsid w:val="00412919"/>
+    <w:rsid w:val="0042143C"/>
     <w:rsid w:val="00421B81"/>
     <w:rsid w:val="00423467"/>
+    <w:rsid w:val="00424312"/>
     <w:rsid w:val="00425AB8"/>
+    <w:rsid w:val="0044586B"/>
+    <w:rsid w:val="004514FC"/>
     <w:rsid w:val="00451DE2"/>
     <w:rsid w:val="004535F5"/>
     <w:rsid w:val="00454A12"/>
+    <w:rsid w:val="004608EB"/>
+    <w:rsid w:val="004673F7"/>
+    <w:rsid w:val="0047572F"/>
     <w:rsid w:val="00481648"/>
+    <w:rsid w:val="00497734"/>
     <w:rsid w:val="004A1DC4"/>
+    <w:rsid w:val="004B342A"/>
+    <w:rsid w:val="004B7AC7"/>
     <w:rsid w:val="004C07C4"/>
+    <w:rsid w:val="004C1651"/>
     <w:rsid w:val="004C1BBC"/>
+    <w:rsid w:val="004C45A1"/>
+    <w:rsid w:val="004C59CA"/>
+    <w:rsid w:val="004D6B85"/>
+    <w:rsid w:val="004E4448"/>
     <w:rsid w:val="004F086F"/>
-    <w:rsid w:val="005154C8"/>
+    <w:rsid w:val="005252A3"/>
+    <w:rsid w:val="005261E6"/>
+    <w:rsid w:val="00527ED1"/>
+    <w:rsid w:val="00534182"/>
+    <w:rsid w:val="005360E1"/>
+    <w:rsid w:val="00537B03"/>
     <w:rsid w:val="00540B23"/>
+    <w:rsid w:val="005429AD"/>
     <w:rsid w:val="00546268"/>
+    <w:rsid w:val="00552764"/>
+    <w:rsid w:val="005537D7"/>
     <w:rsid w:val="00555B43"/>
+    <w:rsid w:val="005640DE"/>
+    <w:rsid w:val="005641A7"/>
+    <w:rsid w:val="00571934"/>
+    <w:rsid w:val="005730DB"/>
+    <w:rsid w:val="00573F53"/>
+    <w:rsid w:val="00575867"/>
+    <w:rsid w:val="005762E0"/>
+    <w:rsid w:val="00583183"/>
+    <w:rsid w:val="00585989"/>
+    <w:rsid w:val="005862F9"/>
+    <w:rsid w:val="005866A0"/>
+    <w:rsid w:val="005930D8"/>
+    <w:rsid w:val="005A082A"/>
     <w:rsid w:val="005A27BB"/>
+    <w:rsid w:val="005A3E2F"/>
+    <w:rsid w:val="005A4B89"/>
     <w:rsid w:val="005A5AEC"/>
+    <w:rsid w:val="005B631A"/>
+    <w:rsid w:val="005B723E"/>
+    <w:rsid w:val="005C1138"/>
     <w:rsid w:val="005C2E51"/>
+    <w:rsid w:val="005C60AF"/>
+    <w:rsid w:val="005D00D0"/>
     <w:rsid w:val="005D1DC4"/>
     <w:rsid w:val="005D39A2"/>
+    <w:rsid w:val="005D4113"/>
+    <w:rsid w:val="005D5F39"/>
     <w:rsid w:val="005D6114"/>
+    <w:rsid w:val="005E0DA8"/>
     <w:rsid w:val="005E148E"/>
+    <w:rsid w:val="005F2D31"/>
     <w:rsid w:val="0060448B"/>
-    <w:rsid w:val="00605D4E"/>
+    <w:rsid w:val="0060475D"/>
+    <w:rsid w:val="006116F1"/>
+    <w:rsid w:val="006119FF"/>
+    <w:rsid w:val="00615BD8"/>
+    <w:rsid w:val="00615CD7"/>
+    <w:rsid w:val="0061742C"/>
     <w:rsid w:val="00622B11"/>
     <w:rsid w:val="00630E05"/>
+    <w:rsid w:val="00632474"/>
+    <w:rsid w:val="00642B75"/>
+    <w:rsid w:val="00647A23"/>
+    <w:rsid w:val="00652A57"/>
+    <w:rsid w:val="00657045"/>
     <w:rsid w:val="00657A84"/>
     <w:rsid w:val="00674880"/>
+    <w:rsid w:val="00675975"/>
+    <w:rsid w:val="00684CCA"/>
     <w:rsid w:val="006A1E6D"/>
     <w:rsid w:val="006B026B"/>
+    <w:rsid w:val="006B2FE8"/>
+    <w:rsid w:val="006B4179"/>
     <w:rsid w:val="006B52A8"/>
+    <w:rsid w:val="006C4958"/>
     <w:rsid w:val="006D1FFC"/>
+    <w:rsid w:val="006D221E"/>
+    <w:rsid w:val="006E19BE"/>
+    <w:rsid w:val="006E348B"/>
+    <w:rsid w:val="006E3598"/>
+    <w:rsid w:val="006E3EE9"/>
+    <w:rsid w:val="006E65F1"/>
+    <w:rsid w:val="006F367F"/>
+    <w:rsid w:val="006F3682"/>
     <w:rsid w:val="006F5F90"/>
-    <w:rsid w:val="007044F9"/>
+    <w:rsid w:val="006F7C4D"/>
+    <w:rsid w:val="007009AC"/>
+    <w:rsid w:val="0070301C"/>
+    <w:rsid w:val="0070416B"/>
+    <w:rsid w:val="00706E85"/>
     <w:rsid w:val="007140D3"/>
     <w:rsid w:val="00717DAB"/>
+    <w:rsid w:val="0072279B"/>
     <w:rsid w:val="00724CCB"/>
     <w:rsid w:val="00725E92"/>
+    <w:rsid w:val="007332FE"/>
     <w:rsid w:val="00741155"/>
+    <w:rsid w:val="00743BBC"/>
     <w:rsid w:val="00743E15"/>
-    <w:rsid w:val="00744999"/>
+    <w:rsid w:val="00746F44"/>
     <w:rsid w:val="0075492E"/>
-    <w:rsid w:val="007603FC"/>
+    <w:rsid w:val="00757F82"/>
+    <w:rsid w:val="00760B01"/>
+    <w:rsid w:val="00766BB4"/>
+    <w:rsid w:val="00775361"/>
     <w:rsid w:val="00775B8A"/>
+    <w:rsid w:val="00776254"/>
     <w:rsid w:val="007865B2"/>
+    <w:rsid w:val="00786866"/>
     <w:rsid w:val="007902B7"/>
     <w:rsid w:val="007905EE"/>
+    <w:rsid w:val="00792A1A"/>
+    <w:rsid w:val="00792E94"/>
     <w:rsid w:val="0079397C"/>
+    <w:rsid w:val="007A2024"/>
+    <w:rsid w:val="007A7952"/>
+    <w:rsid w:val="007C6DA6"/>
     <w:rsid w:val="007D3102"/>
-    <w:rsid w:val="007D64EC"/>
+    <w:rsid w:val="007E1904"/>
+    <w:rsid w:val="007E332E"/>
+    <w:rsid w:val="007E6DC8"/>
+    <w:rsid w:val="007F3AD9"/>
     <w:rsid w:val="007F79F6"/>
+    <w:rsid w:val="00803EC9"/>
     <w:rsid w:val="008074D7"/>
+    <w:rsid w:val="008137AE"/>
+    <w:rsid w:val="00817FAF"/>
+    <w:rsid w:val="00820539"/>
+    <w:rsid w:val="00821D85"/>
+    <w:rsid w:val="00821F35"/>
+    <w:rsid w:val="00830685"/>
+    <w:rsid w:val="0083121E"/>
     <w:rsid w:val="00844468"/>
     <w:rsid w:val="008468FF"/>
+    <w:rsid w:val="00846BBE"/>
+    <w:rsid w:val="008533DD"/>
+    <w:rsid w:val="00856E47"/>
+    <w:rsid w:val="008619B1"/>
+    <w:rsid w:val="008702C5"/>
     <w:rsid w:val="00871BF3"/>
+    <w:rsid w:val="00874081"/>
+    <w:rsid w:val="00890F75"/>
+    <w:rsid w:val="008928E1"/>
     <w:rsid w:val="008950AB"/>
     <w:rsid w:val="00897C2C"/>
     <w:rsid w:val="008A3685"/>
     <w:rsid w:val="008B2C09"/>
     <w:rsid w:val="008B4E98"/>
+    <w:rsid w:val="008B50D9"/>
     <w:rsid w:val="008B62BB"/>
     <w:rsid w:val="008B743F"/>
     <w:rsid w:val="008C4B09"/>
     <w:rsid w:val="008C6554"/>
     <w:rsid w:val="008D254B"/>
+    <w:rsid w:val="008D3581"/>
+    <w:rsid w:val="008D53AB"/>
+    <w:rsid w:val="008D7E11"/>
+    <w:rsid w:val="008E5340"/>
     <w:rsid w:val="008F5DB8"/>
+    <w:rsid w:val="008F736B"/>
+    <w:rsid w:val="009016D6"/>
     <w:rsid w:val="009026F2"/>
-    <w:rsid w:val="009037CD"/>
     <w:rsid w:val="00903D1C"/>
+    <w:rsid w:val="00910626"/>
+    <w:rsid w:val="00911744"/>
     <w:rsid w:val="009147EF"/>
+    <w:rsid w:val="009157F6"/>
+    <w:rsid w:val="00920A72"/>
+    <w:rsid w:val="00927CD3"/>
+    <w:rsid w:val="00934314"/>
+    <w:rsid w:val="00935A33"/>
+    <w:rsid w:val="009501E5"/>
     <w:rsid w:val="00952B50"/>
     <w:rsid w:val="009560CE"/>
     <w:rsid w:val="0096044A"/>
     <w:rsid w:val="0096252F"/>
+    <w:rsid w:val="00965C69"/>
+    <w:rsid w:val="009705A8"/>
     <w:rsid w:val="00972475"/>
-    <w:rsid w:val="0099405D"/>
+    <w:rsid w:val="00976074"/>
+    <w:rsid w:val="009903FD"/>
+    <w:rsid w:val="00991240"/>
+    <w:rsid w:val="00991CE1"/>
+    <w:rsid w:val="00995D07"/>
+    <w:rsid w:val="009967DF"/>
+    <w:rsid w:val="009A2D71"/>
+    <w:rsid w:val="009A7393"/>
+    <w:rsid w:val="009B2307"/>
     <w:rsid w:val="009B5010"/>
+    <w:rsid w:val="009C3AA6"/>
+    <w:rsid w:val="009C769E"/>
     <w:rsid w:val="009D04EE"/>
+    <w:rsid w:val="009D1AAE"/>
     <w:rsid w:val="009D1B4F"/>
+    <w:rsid w:val="009D6551"/>
     <w:rsid w:val="009E5720"/>
+    <w:rsid w:val="009E6992"/>
+    <w:rsid w:val="009E6DBD"/>
+    <w:rsid w:val="009F41DE"/>
+    <w:rsid w:val="009F59FE"/>
+    <w:rsid w:val="009F77D0"/>
+    <w:rsid w:val="00A051EC"/>
     <w:rsid w:val="00A15445"/>
+    <w:rsid w:val="00A1726C"/>
+    <w:rsid w:val="00A2018B"/>
+    <w:rsid w:val="00A27DC6"/>
     <w:rsid w:val="00A33F15"/>
+    <w:rsid w:val="00A43873"/>
+    <w:rsid w:val="00A44C34"/>
+    <w:rsid w:val="00A47026"/>
+    <w:rsid w:val="00A53554"/>
     <w:rsid w:val="00A5443D"/>
+    <w:rsid w:val="00A601E1"/>
+    <w:rsid w:val="00A64E9A"/>
+    <w:rsid w:val="00A710D4"/>
+    <w:rsid w:val="00A71802"/>
+    <w:rsid w:val="00A723A0"/>
+    <w:rsid w:val="00A813BB"/>
     <w:rsid w:val="00A90F51"/>
     <w:rsid w:val="00A93105"/>
+    <w:rsid w:val="00AA08F9"/>
+    <w:rsid w:val="00AA0917"/>
     <w:rsid w:val="00AA1D08"/>
-    <w:rsid w:val="00AB16C3"/>
+    <w:rsid w:val="00AB06AC"/>
+    <w:rsid w:val="00AB2DD4"/>
     <w:rsid w:val="00AB497E"/>
+    <w:rsid w:val="00AC3E3E"/>
     <w:rsid w:val="00AD16DA"/>
     <w:rsid w:val="00AD41C2"/>
+    <w:rsid w:val="00AE3B69"/>
+    <w:rsid w:val="00AE75B9"/>
+    <w:rsid w:val="00AF062C"/>
+    <w:rsid w:val="00B02FFD"/>
     <w:rsid w:val="00B058CD"/>
+    <w:rsid w:val="00B11E57"/>
     <w:rsid w:val="00B13E50"/>
     <w:rsid w:val="00B1654C"/>
     <w:rsid w:val="00B177E0"/>
+    <w:rsid w:val="00B24CBE"/>
+    <w:rsid w:val="00B30F51"/>
+    <w:rsid w:val="00B32258"/>
+    <w:rsid w:val="00B34827"/>
+    <w:rsid w:val="00B34E5B"/>
     <w:rsid w:val="00B35E65"/>
     <w:rsid w:val="00B369C9"/>
+    <w:rsid w:val="00B36EF2"/>
+    <w:rsid w:val="00B451F1"/>
+    <w:rsid w:val="00B63D9D"/>
+    <w:rsid w:val="00B86675"/>
+    <w:rsid w:val="00B921FC"/>
     <w:rsid w:val="00B930C9"/>
+    <w:rsid w:val="00B97043"/>
+    <w:rsid w:val="00BA64B1"/>
+    <w:rsid w:val="00BC6942"/>
+    <w:rsid w:val="00BD12A9"/>
+    <w:rsid w:val="00BD395E"/>
     <w:rsid w:val="00BD6FD4"/>
+    <w:rsid w:val="00BE06D1"/>
     <w:rsid w:val="00BE2C49"/>
+    <w:rsid w:val="00BE3333"/>
     <w:rsid w:val="00BE59DE"/>
+    <w:rsid w:val="00BF25FC"/>
+    <w:rsid w:val="00BF3E5E"/>
     <w:rsid w:val="00BF57A3"/>
     <w:rsid w:val="00BF5A87"/>
+    <w:rsid w:val="00C01457"/>
+    <w:rsid w:val="00C02F81"/>
+    <w:rsid w:val="00C10878"/>
     <w:rsid w:val="00C1177B"/>
-    <w:rsid w:val="00C200F2"/>
+    <w:rsid w:val="00C16E9B"/>
+    <w:rsid w:val="00C219FB"/>
     <w:rsid w:val="00C25910"/>
-    <w:rsid w:val="00C41CFB"/>
-    <w:rsid w:val="00C563C4"/>
+    <w:rsid w:val="00C33329"/>
+    <w:rsid w:val="00C371BE"/>
+    <w:rsid w:val="00C46E51"/>
+    <w:rsid w:val="00C57278"/>
+    <w:rsid w:val="00C61A0F"/>
+    <w:rsid w:val="00C64200"/>
+    <w:rsid w:val="00C64C2D"/>
     <w:rsid w:val="00C65D53"/>
+    <w:rsid w:val="00C66BEF"/>
+    <w:rsid w:val="00C678A9"/>
+    <w:rsid w:val="00C846FF"/>
     <w:rsid w:val="00C86C18"/>
+    <w:rsid w:val="00C9084A"/>
+    <w:rsid w:val="00CB6D13"/>
+    <w:rsid w:val="00CD07A0"/>
+    <w:rsid w:val="00CD2800"/>
     <w:rsid w:val="00CD282A"/>
+    <w:rsid w:val="00CD3286"/>
     <w:rsid w:val="00CD3F24"/>
+    <w:rsid w:val="00CE0D13"/>
+    <w:rsid w:val="00CE31F8"/>
     <w:rsid w:val="00CE7B5B"/>
+    <w:rsid w:val="00CF2073"/>
+    <w:rsid w:val="00D04134"/>
+    <w:rsid w:val="00D068E8"/>
     <w:rsid w:val="00D1637E"/>
+    <w:rsid w:val="00D30F5D"/>
     <w:rsid w:val="00D37C5E"/>
     <w:rsid w:val="00D4044C"/>
+    <w:rsid w:val="00D4604D"/>
     <w:rsid w:val="00D53CD7"/>
     <w:rsid w:val="00D57C33"/>
+    <w:rsid w:val="00D644AA"/>
+    <w:rsid w:val="00D77899"/>
+    <w:rsid w:val="00D801EE"/>
+    <w:rsid w:val="00D80715"/>
+    <w:rsid w:val="00D80C74"/>
     <w:rsid w:val="00D85043"/>
+    <w:rsid w:val="00DA23CE"/>
+    <w:rsid w:val="00DA5F3B"/>
     <w:rsid w:val="00DB4331"/>
-    <w:rsid w:val="00DD360C"/>
+    <w:rsid w:val="00DE00E1"/>
     <w:rsid w:val="00DE50DD"/>
+    <w:rsid w:val="00DE7ED1"/>
     <w:rsid w:val="00DF01E7"/>
     <w:rsid w:val="00E028A7"/>
-    <w:rsid w:val="00E038C3"/>
+    <w:rsid w:val="00E1281C"/>
+    <w:rsid w:val="00E25E61"/>
+    <w:rsid w:val="00E317E9"/>
+    <w:rsid w:val="00E36054"/>
+    <w:rsid w:val="00E37FA5"/>
+    <w:rsid w:val="00E51262"/>
+    <w:rsid w:val="00E53233"/>
     <w:rsid w:val="00E61234"/>
     <w:rsid w:val="00E61D6A"/>
+    <w:rsid w:val="00E61EE2"/>
+    <w:rsid w:val="00E624DA"/>
     <w:rsid w:val="00E62A3F"/>
+    <w:rsid w:val="00E6542B"/>
     <w:rsid w:val="00E66873"/>
     <w:rsid w:val="00E7537B"/>
     <w:rsid w:val="00E80074"/>
     <w:rsid w:val="00E81378"/>
     <w:rsid w:val="00E81C3C"/>
+    <w:rsid w:val="00E81EE4"/>
+    <w:rsid w:val="00E907BC"/>
+    <w:rsid w:val="00E908EF"/>
+    <w:rsid w:val="00E91EA0"/>
     <w:rsid w:val="00EA08C3"/>
+    <w:rsid w:val="00EA41D1"/>
+    <w:rsid w:val="00EA4CCF"/>
+    <w:rsid w:val="00EA5296"/>
+    <w:rsid w:val="00EB5B73"/>
     <w:rsid w:val="00EB6166"/>
+    <w:rsid w:val="00EB6716"/>
     <w:rsid w:val="00EC03D1"/>
     <w:rsid w:val="00EC2A30"/>
+    <w:rsid w:val="00EC40C7"/>
+    <w:rsid w:val="00EC5A5D"/>
+    <w:rsid w:val="00EC7251"/>
+    <w:rsid w:val="00ED287B"/>
+    <w:rsid w:val="00EE1EF0"/>
+    <w:rsid w:val="00EE4103"/>
     <w:rsid w:val="00EF3E64"/>
+    <w:rsid w:val="00F102FC"/>
+    <w:rsid w:val="00F16155"/>
     <w:rsid w:val="00F20E15"/>
     <w:rsid w:val="00F23083"/>
+    <w:rsid w:val="00F34B0F"/>
     <w:rsid w:val="00F34D71"/>
+    <w:rsid w:val="00F36315"/>
+    <w:rsid w:val="00F44580"/>
+    <w:rsid w:val="00F44D01"/>
+    <w:rsid w:val="00F45335"/>
+    <w:rsid w:val="00F45B04"/>
+    <w:rsid w:val="00F47017"/>
     <w:rsid w:val="00F51D17"/>
+    <w:rsid w:val="00F53F13"/>
+    <w:rsid w:val="00F554AC"/>
     <w:rsid w:val="00F55A0F"/>
+    <w:rsid w:val="00F67BBC"/>
+    <w:rsid w:val="00F703C1"/>
     <w:rsid w:val="00F73B05"/>
+    <w:rsid w:val="00F77CB8"/>
+    <w:rsid w:val="00F8306C"/>
+    <w:rsid w:val="00F84043"/>
+    <w:rsid w:val="00F84C30"/>
+    <w:rsid w:val="00F97B27"/>
+    <w:rsid w:val="00F97DCC"/>
+    <w:rsid w:val="00FA2A45"/>
     <w:rsid w:val="00FA31B1"/>
     <w:rsid w:val="00FA4E15"/>
     <w:rsid w:val="00FB0B4D"/>
     <w:rsid w:val="00FB15A1"/>
     <w:rsid w:val="00FD167C"/>
     <w:rsid w:val="00FD307C"/>
     <w:rsid w:val="00FD66D2"/>
+    <w:rsid w:val="00FE1A21"/>
     <w:rsid w:val="00FE5121"/>
     <w:rsid w:val="00FE5187"/>
+    <w:rsid w:val="00FE7903"/>
+    <w:rsid w:val="00FF5E37"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="60B3C8FC"/>
   <w15:docId w15:val="{582449EE-B69D-4E3D-B4E7-587CD3A69DBF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8271,50 +10427,73 @@
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="593"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00786866"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -8382,87 +10561,365 @@
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
     <w:name w:val="Antraštės Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FD66D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E0308"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="000E0308"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="lt-LT" w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Grietas">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="0042143C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00684CCA"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emfaz">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00684CCA"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00786866"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00786866"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="18824781">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="225340487">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="275253280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="757949829">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="694622892">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1823158157">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1678579182">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1418214599">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1379553700">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="776293109">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="953950296">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1820725432">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1881474150">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1965042111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2049916952">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2105953297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8708,84 +11165,85 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8203</Characters>
+  <Pages>8</Pages>
+  <Words>1925</Words>
+  <Characters>10978</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TVIRTINU:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9623</CharactersWithSpaces>
+  <CharactersWithSpaces>12878</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TVIRTINU:</dc:title>
   <dc:creator>MAX</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-10-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-01-18T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
 </Properties>
 </file>