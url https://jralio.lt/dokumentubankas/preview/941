--- v0 (2025-10-06)
+++ v1 (2025-11-03)
@@ -1,157 +1,151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20377"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Gediminas Legas\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Pav\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8023C55D-E55B-411B-B881-D4848022A65A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B9D979B-5930-486B-94ED-BC9478D66110}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28380" windowHeight="8085" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2022-09-01" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2022-09-01'!$A$1:$AX$61</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'2022-09-01'!$A$1:$AX$58</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="973" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="988" uniqueCount="154">
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Dėstomas
  dalykas</t>
   </si>
   <si>
     <t>Kab.
  Nr.</t>
   </si>
   <si>
     <t>Aukl. kl.</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
   </si>
   <si>
     <t>Bartušienė Ona</t>
   </si>
   <si>
     <t>lietuvių kalba</t>
   </si>
   <si>
     <t xml:space="preserve">Maciulevičienė Valerija </t>
   </si>
   <si>
-    <t>Gečiauskienė Rita</t>
-[...1 lines deleted...]
-  <si>
     <t>Karosienė Auksuolė</t>
   </si>
   <si>
     <t>Matonienė Jolanta</t>
   </si>
   <si>
     <t>Nacevičienė Aušra</t>
   </si>
   <si>
     <t>anglų kalba</t>
   </si>
   <si>
     <t>rusų kalba</t>
   </si>
   <si>
     <t>Legienė Rasa</t>
   </si>
   <si>
     <t>vokiečių kalba</t>
   </si>
   <si>
     <t>istorija</t>
   </si>
   <si>
     <t>Živaitienė Aušrinė</t>
   </si>
   <si>
     <t xml:space="preserve">Gecevičienė Rasa  </t>
   </si>
   <si>
     <t>matematika</t>
   </si>
   <si>
     <t>Aravičienė Sigita</t>
   </si>
   <si>
     <t>Morkaitienė Rita</t>
   </si>
   <si>
     <t>fizika</t>
   </si>
   <si>
     <t>chemija</t>
   </si>
   <si>
-    <t>Buitkienė Angelė</t>
-[...1 lines deleted...]
-  <si>
     <t>informacinės techn.</t>
   </si>
   <si>
     <t>dailė, braižyba</t>
   </si>
   <si>
     <t>muzika</t>
   </si>
   <si>
     <t>Leonavičius Eugenijus</t>
   </si>
   <si>
     <t>technologijos</t>
   </si>
   <si>
     <t>Neimantienė Jolita</t>
   </si>
   <si>
     <t>Sipavičienė Svajūnė</t>
   </si>
   <si>
     <t>etika</t>
   </si>
   <si>
     <t>Strumilienė Rūta</t>
@@ -181,396 +175,380 @@
     <t>Sugaudis Svajūnas</t>
   </si>
   <si>
     <t xml:space="preserve">Jaruševičienė Rasutė </t>
   </si>
   <si>
     <t>Kšivickienė Daiva</t>
   </si>
   <si>
     <t>Jonavos Jeronimo Ralio gimnazijos</t>
   </si>
   <si>
     <t>Kukarinienė Neringa</t>
   </si>
   <si>
     <t>KV</t>
   </si>
   <si>
     <t>Lamokovskienė Rita</t>
   </si>
   <si>
     <t>teatras</t>
   </si>
   <si>
     <t xml:space="preserve">Maciulevičienė Alvida </t>
-  </si>
-[...1 lines deleted...]
-    <t>Zajankauskienė Vlada</t>
   </si>
   <si>
     <t>piliet. pagrindai</t>
   </si>
   <si>
     <t>Pažėraitė Virginija</t>
   </si>
   <si>
     <t>Kuuzeorg-Petrikonienė Inga</t>
   </si>
   <si>
     <t>biologija</t>
   </si>
   <si>
     <t>Martinaitienė Živilė</t>
   </si>
   <si>
     <t>Mokytojo
  pavardė, vardas</t>
   </si>
   <si>
+    <t>IIc</t>
+  </si>
+  <si>
+    <t>IIb</t>
+  </si>
+  <si>
+    <t>IIa</t>
+  </si>
+  <si>
+    <t>IIIc</t>
+  </si>
+  <si>
+    <t>IVc</t>
+  </si>
+  <si>
+    <t>IIIb</t>
+  </si>
+  <si>
+    <t>IIIa</t>
+  </si>
+  <si>
+    <t>IVb</t>
+  </si>
+  <si>
+    <t>Parėdnienė Ina</t>
+  </si>
+  <si>
+    <t>Dranseikienė Ramunė</t>
+  </si>
+  <si>
+    <t>Zabarauskas Nerijus</t>
+  </si>
+  <si>
+    <t>Živaitis Egidijus</t>
+  </si>
+  <si>
+    <t>Mikutovskienė Inga</t>
+  </si>
+  <si>
+    <t>Smailytė Lina</t>
+  </si>
+  <si>
+    <t>Stakėliūnaitė Modesta</t>
+  </si>
+  <si>
+    <t>Čepukėnė Kristina</t>
+  </si>
+  <si>
+    <t>IIId</t>
+  </si>
+  <si>
+    <t>Vyčienė Vilma</t>
+  </si>
+  <si>
+    <t>IVa</t>
+  </si>
+  <si>
+    <t>IVd</t>
+  </si>
+  <si>
+    <t>Smailienė Orinta</t>
+  </si>
+  <si>
+    <t>gyvenimo įgūdžiai</t>
+  </si>
+  <si>
+    <t>IIf</t>
+  </si>
+  <si>
+    <t>IIė</t>
+  </si>
+  <si>
+    <t>III</t>
+  </si>
+  <si>
+    <t>Gudonavičienė Zita</t>
+  </si>
+  <si>
+    <t>Kvietkuvienė Jurgita</t>
+  </si>
+  <si>
+    <t>Striupaitienė Rasa</t>
+  </si>
+  <si>
+    <t>fizinis ugdymas</t>
+  </si>
+  <si>
+    <t>inžinerija</t>
+  </si>
+  <si>
+    <t>Ib</t>
+  </si>
+  <si>
+    <t>IVB</t>
+  </si>
+  <si>
+    <t>IVBm</t>
+  </si>
+  <si>
+    <t>IVm</t>
+  </si>
+  <si>
+    <t>IV</t>
+  </si>
+  <si>
+    <t>IV'</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IV </t>
+  </si>
+  <si>
+    <t>IVA</t>
+  </si>
+  <si>
+    <t>IVm'</t>
+  </si>
+  <si>
+    <t>IVAm</t>
+  </si>
+  <si>
+    <t>IV*</t>
+  </si>
+  <si>
+    <t>Balickienė Idilija</t>
+  </si>
+  <si>
+    <t>Paknienė Edita</t>
+  </si>
+  <si>
+    <t>Simanavičius Vytautas</t>
+  </si>
+  <si>
+    <t>IIIf</t>
+  </si>
+  <si>
+    <t>IIIė</t>
+  </si>
+  <si>
+    <t>Bazilevičienė Giedrė</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    2025-2026 m.m. I pusm. pamokų tvarkaraštis </t>
+  </si>
+  <si>
+    <t>Iė</t>
+  </si>
+  <si>
+    <t>III'</t>
+  </si>
+  <si>
+    <t>IIIB</t>
+  </si>
+  <si>
     <t>Id</t>
   </si>
   <si>
-    <t>IIc</t>
+    <t>llb</t>
+  </si>
+  <si>
+    <t>lllA</t>
+  </si>
+  <si>
+    <t>lla</t>
+  </si>
+  <si>
+    <t>llė</t>
+  </si>
+  <si>
+    <t>llc</t>
+  </si>
+  <si>
+    <t>lc</t>
+  </si>
+  <si>
+    <t>lll</t>
+  </si>
+  <si>
+    <t>lllm</t>
+  </si>
+  <si>
+    <t>ld</t>
+  </si>
+  <si>
+    <t>llf</t>
+  </si>
+  <si>
+    <t>lb</t>
+  </si>
+  <si>
+    <t>la</t>
+  </si>
+  <si>
+    <t>lld</t>
+  </si>
+  <si>
+    <t>lė</t>
+  </si>
+  <si>
+    <t>lllB</t>
+  </si>
+  <si>
+    <t>llėr</t>
+  </si>
+  <si>
+    <t>Morozas Viktoras</t>
+  </si>
+  <si>
+    <t>lll'</t>
+  </si>
+  <si>
+    <t>lll*</t>
+  </si>
+  <si>
+    <t>lllAm</t>
+  </si>
+  <si>
+    <t>llam</t>
+  </si>
+  <si>
+    <t>lll#</t>
+  </si>
+  <si>
+    <t>llcm</t>
+  </si>
+  <si>
+    <t>Petravičius Giedrius</t>
+  </si>
+  <si>
+    <t>lbd</t>
+  </si>
+  <si>
+    <t>llcf</t>
+  </si>
+  <si>
+    <t>lldm</t>
+  </si>
+  <si>
+    <t>lac</t>
+  </si>
+  <si>
+    <t>llaė</t>
+  </si>
+  <si>
+    <t>lam</t>
+  </si>
+  <si>
+    <t>lbm</t>
+  </si>
+  <si>
+    <t>Ia</t>
   </si>
   <si>
     <t>Ic</t>
   </si>
   <si>
-    <t>IId</t>
-[...95 lines deleted...]
-    <t>gyvenimo įgūdžiai</t>
+    <t>llf'</t>
+  </si>
+  <si>
+    <r>
+      <t>lb</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>PP</t>
+    </r>
+  </si>
+  <si>
+    <t>llėm</t>
+  </si>
+  <si>
+    <t>lllBm</t>
+  </si>
+  <si>
+    <t>lcm</t>
+  </si>
+  <si>
+    <t>ldm</t>
+  </si>
+  <si>
+    <t>lllts</t>
+  </si>
+  <si>
+    <t>llbm</t>
+  </si>
+  <si>
+    <t>lll'm</t>
+  </si>
+  <si>
+    <t>lėm</t>
+  </si>
+  <si>
+    <t>llfm</t>
   </si>
   <si>
     <t>PATVIRTINTA                                                                                                                                  
 Jonavos Jeronimo Ralio gimnazijos
-direktoriaus 2024 m. rugsėjo 1 d.              įsakymu Nr. V1-</t>
-[...203 lines deleted...]
-    <t>Iaė</t>
+direktoriaus 2025 m.rugsėjo 9 d.              įsakymu Nr. V1-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
@@ -626,60 +604,84 @@
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
+    <font>
+      <sz val="15"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="110">
+  <borders count="99">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
@@ -768,93 +770,67 @@
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...11 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
@@ -936,80 +912,50 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...28 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1091,795 +1037,734 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...28 lines deleted...]
-      </left>
       <right style="thick">
-        <color indexed="64"/>
-[...166 lines deleted...]
-      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thick">
+      <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thick">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thick">
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...11 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...23 lines deleted...]
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
-      <right style="thick">
-[...22 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...383 lines deleted...]
-      <left/>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1931,76 +1816,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...24 lines deleted...]
-      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
@@ -2044,834 +1903,931 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="234">
+  <cellXfs count="257">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...84 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" indent="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" indent="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="66" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...122 lines deleted...]
-      <alignment wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...130 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="93" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="84" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="85" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="86" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="92" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3008,5238 +2964,5115 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BG64"/>
+  <dimension ref="A1:BG61"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="V40" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="AP44" sqref="AP43:AP44"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="X27" sqref="X27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.44140625" defaultRowHeight="17.399999999999999" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1" style="2" customWidth="1"/>
-    <col min="2" max="6" width="6.6640625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="8.44140625" style="1" customWidth="1"/>
+    <col min="2" max="6" width="6.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="7.85546875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="8.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="8" style="1" customWidth="1"/>
-    <col min="10" max="10" width="7.44140625" style="1" customWidth="1"/>
+    <col min="10" max="10" width="7.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="9" style="1" customWidth="1"/>
-    <col min="12" max="14" width="6.6640625" style="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="48" max="48" width="8.5546875" style="1" customWidth="1"/>
+    <col min="12" max="14" width="6.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.28515625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="7.85546875" style="1" customWidth="1"/>
+    <col min="17" max="17" width="8.85546875" style="1" customWidth="1"/>
+    <col min="18" max="18" width="7.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="6.7109375" style="1" customWidth="1"/>
+    <col min="20" max="20" width="37.140625" style="2" customWidth="1"/>
+    <col min="21" max="21" width="29.42578125" style="2" customWidth="1"/>
+    <col min="22" max="23" width="1.42578125" style="2" customWidth="1"/>
+    <col min="24" max="24" width="11.42578125" style="3" customWidth="1"/>
+    <col min="25" max="25" width="11.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="7.7109375" style="1" customWidth="1"/>
+    <col min="27" max="30" width="6.7109375" style="1" customWidth="1"/>
+    <col min="31" max="31" width="7.85546875" style="1" customWidth="1"/>
+    <col min="32" max="40" width="6.7109375" style="1" customWidth="1"/>
+    <col min="41" max="41" width="8.5703125" style="1" customWidth="1"/>
+    <col min="42" max="42" width="8.42578125" style="1" customWidth="1"/>
+    <col min="43" max="47" width="6.7109375" style="1" customWidth="1"/>
+    <col min="48" max="48" width="8.5703125" style="1" customWidth="1"/>
     <col min="49" max="49" width="8" style="1" customWidth="1"/>
-    <col min="50" max="50" width="9.33203125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="127" max="16384" width="11.44140625" style="2"/>
+    <col min="50" max="50" width="9.28515625" style="1" customWidth="1"/>
+    <col min="51" max="51" width="1.140625" style="2" customWidth="1"/>
+    <col min="52" max="126" width="4.7109375" style="2" customWidth="1"/>
+    <col min="127" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:59" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="G1" s="218" t="s">
-[...15 lines deleted...]
-      <c r="U1" s="219"/>
+      <c r="G1" s="241" t="s">
+        <v>45</v>
+      </c>
+      <c r="H1" s="242"/>
+      <c r="I1" s="242"/>
+      <c r="J1" s="242"/>
+      <c r="K1" s="242"/>
+      <c r="L1" s="242"/>
+      <c r="M1" s="242"/>
+      <c r="N1" s="242"/>
+      <c r="O1" s="242"/>
+      <c r="P1" s="242"/>
+      <c r="Q1" s="242"/>
+      <c r="R1" s="242"/>
+      <c r="S1" s="242"/>
+      <c r="T1" s="242"/>
+      <c r="U1" s="242"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
-      <c r="AN1" s="233" t="s">
-[...9 lines deleted...]
-      <c r="AV1" s="233"/>
+      <c r="AN1" s="256" t="s">
+        <v>153</v>
+      </c>
+      <c r="AO1" s="256"/>
+      <c r="AP1" s="256"/>
+      <c r="AQ1" s="256"/>
+      <c r="AR1" s="256"/>
+      <c r="AS1" s="256"/>
+      <c r="AT1" s="256"/>
+      <c r="AU1" s="256"/>
+      <c r="AV1" s="256"/>
     </row>
     <row r="2" spans="2:59" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="I2" s="164"/>
-[...10 lines deleted...]
-      <c r="U2" s="221"/>
+      <c r="I2" s="147"/>
+      <c r="M2" s="243" t="s">
+        <v>104</v>
+      </c>
+      <c r="N2" s="244"/>
+      <c r="O2" s="244"/>
+      <c r="P2" s="244"/>
+      <c r="Q2" s="244"/>
+      <c r="R2" s="244"/>
+      <c r="S2" s="244"/>
+      <c r="T2" s="244"/>
+      <c r="U2" s="244"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
-      <c r="Y2" s="222"/>
-[...14 lines deleted...]
-      <c r="AV2" s="233"/>
+      <c r="Y2" s="245"/>
+      <c r="Z2" s="245"/>
+      <c r="AA2" s="245"/>
+      <c r="AB2" s="245"/>
+      <c r="AC2" s="245"/>
+      <c r="AD2" s="245"/>
+      <c r="AE2" s="245"/>
+      <c r="AN2" s="256"/>
+      <c r="AO2" s="256"/>
+      <c r="AP2" s="256"/>
+      <c r="AQ2" s="256"/>
+      <c r="AR2" s="256"/>
+      <c r="AS2" s="256"/>
+      <c r="AT2" s="256"/>
+      <c r="AU2" s="256"/>
+      <c r="AV2" s="256"/>
     </row>
     <row r="3" spans="2:59" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="AN3" s="147"/>
-[...5 lines deleted...]
-      <c r="AU3" s="147"/>
+      <c r="AN3" s="133"/>
+      <c r="AP3" s="133"/>
+      <c r="AQ3" s="133"/>
+      <c r="AR3" s="133"/>
+      <c r="AS3" s="133"/>
+      <c r="AT3" s="133"/>
+      <c r="AU3" s="133"/>
     </row>
     <row r="4" spans="2:59" ht="24.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="229" t="s">
+      <c r="B4" s="252" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="230"/>
-[...7 lines deleted...]
-      <c r="K4" s="227" t="s">
+      <c r="C4" s="253"/>
+      <c r="D4" s="253"/>
+      <c r="E4" s="253"/>
+      <c r="F4" s="253"/>
+      <c r="G4" s="253"/>
+      <c r="H4" s="253"/>
+      <c r="I4" s="253"/>
+      <c r="J4" s="253"/>
+      <c r="K4" s="250" t="s">
         <v>1</v>
       </c>
-      <c r="L4" s="217"/>
-[...10 lines deleted...]
-      <c r="U4" s="231" t="s">
+      <c r="L4" s="240"/>
+      <c r="M4" s="240"/>
+      <c r="N4" s="240"/>
+      <c r="O4" s="240"/>
+      <c r="P4" s="240"/>
+      <c r="Q4" s="240"/>
+      <c r="R4" s="240"/>
+      <c r="S4" s="29"/>
+      <c r="T4" s="248" t="s">
+        <v>56</v>
+      </c>
+      <c r="U4" s="254" t="s">
         <v>2</v>
       </c>
-      <c r="V4" s="156"/>
-[...1 lines deleted...]
-      <c r="X4" s="223" t="s">
+      <c r="V4" s="139"/>
+      <c r="W4" s="141"/>
+      <c r="X4" s="246" t="s">
         <v>3</v>
       </c>
-      <c r="Y4" s="225" t="s">
+      <c r="Y4" s="248" t="s">
         <v>4</v>
       </c>
-      <c r="Z4" s="227" t="s">
+      <c r="Z4" s="250" t="s">
         <v>5</v>
       </c>
-      <c r="AA4" s="217"/>
-[...7 lines deleted...]
-      <c r="AI4" s="216" t="s">
+      <c r="AA4" s="240"/>
+      <c r="AB4" s="240"/>
+      <c r="AC4" s="240"/>
+      <c r="AD4" s="240"/>
+      <c r="AE4" s="240"/>
+      <c r="AF4" s="240"/>
+      <c r="AG4" s="240"/>
+      <c r="AH4" s="251"/>
+      <c r="AI4" s="239" t="s">
         <v>6</v>
       </c>
-      <c r="AJ4" s="217"/>
-[...7 lines deleted...]
-      <c r="AR4" s="216" t="s">
+      <c r="AJ4" s="240"/>
+      <c r="AK4" s="240"/>
+      <c r="AL4" s="240"/>
+      <c r="AM4" s="240"/>
+      <c r="AN4" s="240"/>
+      <c r="AO4" s="240"/>
+      <c r="AP4" s="240"/>
+      <c r="AQ4" s="251"/>
+      <c r="AR4" s="239" t="s">
         <v>7</v>
       </c>
-      <c r="AS4" s="217"/>
-[...4 lines deleted...]
-      <c r="AX4" s="217"/>
+      <c r="AS4" s="240"/>
+      <c r="AT4" s="240"/>
+      <c r="AU4" s="240"/>
+      <c r="AV4" s="240"/>
+      <c r="AW4" s="240"/>
+      <c r="AX4" s="240"/>
     </row>
     <row r="5" spans="2:59" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="37">
+      <c r="B5" s="30">
         <v>1</v>
       </c>
       <c r="C5" s="4">
         <v>2</v>
       </c>
       <c r="D5" s="4">
         <v>3</v>
       </c>
       <c r="E5" s="4">
         <v>4</v>
       </c>
       <c r="F5" s="4">
         <v>5</v>
       </c>
       <c r="G5" s="4">
         <v>6</v>
       </c>
       <c r="H5" s="4">
         <v>7</v>
       </c>
       <c r="I5" s="4">
         <v>8</v>
       </c>
-      <c r="J5" s="38">
+      <c r="J5" s="31">
         <v>9</v>
       </c>
-      <c r="K5" s="36">
+      <c r="K5" s="29">
         <v>1</v>
       </c>
       <c r="L5" s="4">
         <v>2</v>
       </c>
       <c r="M5" s="4">
         <v>3</v>
       </c>
       <c r="N5" s="4">
         <v>4</v>
       </c>
       <c r="O5" s="4">
         <v>5</v>
       </c>
       <c r="P5" s="4">
         <v>6</v>
       </c>
       <c r="Q5" s="4">
         <v>7</v>
       </c>
       <c r="R5" s="4">
         <v>8</v>
       </c>
       <c r="S5" s="4">
         <v>9</v>
       </c>
-      <c r="T5" s="224"/>
-[...4 lines deleted...]
-      <c r="Y5" s="226"/>
+      <c r="T5" s="247"/>
+      <c r="U5" s="255"/>
+      <c r="V5" s="136"/>
+      <c r="W5" s="142"/>
+      <c r="X5" s="247"/>
+      <c r="Y5" s="249"/>
       <c r="Z5" s="4">
         <v>1</v>
       </c>
       <c r="AA5" s="4">
         <v>2</v>
       </c>
       <c r="AB5" s="4">
         <v>3</v>
       </c>
       <c r="AC5" s="4">
         <v>4</v>
       </c>
       <c r="AD5" s="4">
         <v>5</v>
       </c>
       <c r="AE5" s="4">
         <v>6</v>
       </c>
       <c r="AF5" s="4">
         <v>7</v>
       </c>
       <c r="AG5" s="4">
         <v>8</v>
       </c>
-      <c r="AH5" s="38">
+      <c r="AH5" s="31">
         <v>9</v>
       </c>
-      <c r="AI5" s="37">
+      <c r="AI5" s="30">
         <v>1</v>
       </c>
       <c r="AJ5" s="4">
         <v>2</v>
       </c>
       <c r="AK5" s="4">
         <v>3</v>
       </c>
       <c r="AL5" s="4">
         <v>4</v>
       </c>
       <c r="AM5" s="4">
         <v>5</v>
       </c>
       <c r="AN5" s="4">
         <v>6</v>
       </c>
       <c r="AO5" s="4">
         <v>7</v>
       </c>
       <c r="AP5" s="4">
         <v>8</v>
       </c>
-      <c r="AQ5" s="38">
+      <c r="AQ5" s="31">
         <v>9</v>
       </c>
-      <c r="AR5" s="36">
+      <c r="AR5" s="29">
         <v>1</v>
       </c>
       <c r="AS5" s="4">
         <v>2</v>
       </c>
       <c r="AT5" s="4">
         <v>3</v>
       </c>
       <c r="AU5" s="4">
         <v>4</v>
       </c>
       <c r="AV5" s="4">
         <v>5</v>
       </c>
       <c r="AW5" s="4">
         <v>6</v>
       </c>
       <c r="AX5" s="4">
         <v>7</v>
       </c>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="1"/>
       <c r="BA5" s="1"/>
       <c r="BB5" s="1"/>
       <c r="BC5" s="1"/>
       <c r="BD5" s="1"/>
       <c r="BE5" s="1"/>
       <c r="BF5" s="1"/>
       <c r="BG5" s="1"/>
     </row>
     <row r="6" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="19"/>
-[...2 lines deleted...]
-      <c r="E6" s="26" t="s">
+      <c r="B6" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C6" s="21"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="G6" s="17"/>
+      <c r="H6" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="I6" s="16"/>
+      <c r="J6" s="48"/>
+      <c r="K6" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="L6" s="16"/>
+      <c r="M6" s="21"/>
+      <c r="N6" s="16"/>
+      <c r="O6" s="21" t="s">
+        <v>92</v>
+      </c>
+      <c r="P6" s="14"/>
+      <c r="Q6" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="R6" s="16"/>
+      <c r="S6" s="112"/>
+      <c r="T6" s="159" t="s">
+        <v>53</v>
+      </c>
+      <c r="U6" s="140" t="s">
+        <v>40</v>
+      </c>
+      <c r="V6" s="34"/>
+      <c r="W6" s="138"/>
+      <c r="X6" s="8">
+        <v>206</v>
+      </c>
+      <c r="Y6" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z6" s="28" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA6" s="14"/>
+      <c r="AB6" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC6" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="AD6" s="14"/>
+      <c r="AE6" s="14"/>
+      <c r="AF6" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG6" s="14"/>
+      <c r="AH6" s="33"/>
+      <c r="AI6" s="71"/>
+      <c r="AJ6" s="14"/>
+      <c r="AK6" s="189"/>
+      <c r="AL6" s="14"/>
+      <c r="AM6" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN6" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="AO6" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="AP6" s="14"/>
+      <c r="AQ6" s="33"/>
+      <c r="AR6" s="71" t="s">
         <v>121</v>
       </c>
-      <c r="F6" s="20" t="s">
-[...25 lines deleted...]
-      <c r="P6" s="15" t="s">
+      <c r="AS6" s="14"/>
+      <c r="AT6" s="17"/>
+      <c r="AU6" s="14"/>
+      <c r="AV6" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="AW6" s="14" t="s">
         <v>120</v>
       </c>
-      <c r="Q6" s="20" t="s">
-[...56 lines deleted...]
-      <c r="AX6" s="15"/>
+      <c r="AX6" s="14"/>
     </row>
     <row r="7" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="19"/>
-      <c r="C7" s="26" t="s">
+      <c r="B7" s="36"/>
+      <c r="C7" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" s="10"/>
+      <c r="F7" s="17"/>
+      <c r="G7" s="134" t="s">
+        <v>107</v>
+      </c>
+      <c r="H7" s="10"/>
+      <c r="I7" s="16"/>
+      <c r="J7" s="48"/>
+      <c r="K7" s="21"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="21"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="21"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="112"/>
+      <c r="T7" s="160"/>
+      <c r="U7" s="108" t="s">
+        <v>9</v>
+      </c>
+      <c r="V7" s="106"/>
+      <c r="W7" s="146"/>
+      <c r="X7" s="137"/>
+      <c r="Y7" s="9"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB7" s="16"/>
+      <c r="AC7" s="21"/>
+      <c r="AD7" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE7" s="16" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF7" s="16"/>
+      <c r="AG7" s="16"/>
+      <c r="AH7" s="48"/>
+      <c r="AI7" s="71"/>
+      <c r="AJ7" s="21"/>
+      <c r="AK7" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AL7" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AM7" s="16"/>
+      <c r="AN7" s="16"/>
+      <c r="AO7" s="16"/>
+      <c r="AP7" s="16"/>
+      <c r="AQ7" s="48"/>
+      <c r="AR7" s="71"/>
+      <c r="AS7" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="AT7" s="134" t="s">
+        <v>88</v>
+      </c>
+      <c r="AU7" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AV7" s="16"/>
+      <c r="AW7" s="16"/>
+      <c r="AX7" s="16"/>
+    </row>
+    <row r="8" spans="2:59" ht="22.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" s="21"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="F8" s="17"/>
+      <c r="G8" s="157"/>
+      <c r="H8" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="I8" s="16"/>
+      <c r="J8" s="48"/>
+      <c r="K8" s="21"/>
+      <c r="L8" s="16"/>
+      <c r="M8" s="21"/>
+      <c r="N8" s="16"/>
+      <c r="O8" s="22"/>
+      <c r="P8" s="10"/>
+      <c r="Q8" s="10"/>
+      <c r="R8" s="16"/>
+      <c r="S8" s="112"/>
+      <c r="T8" s="161" t="s">
+        <v>74</v>
+      </c>
+      <c r="U8" s="113" t="s">
+        <v>33</v>
+      </c>
+      <c r="V8" s="106"/>
+      <c r="W8" s="146"/>
+      <c r="X8" s="137">
+        <v>108</v>
+      </c>
+      <c r="Y8" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="Z8" s="71" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA8" s="16"/>
+      <c r="AB8" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC8" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AD8" s="16"/>
+      <c r="AE8" s="16"/>
+      <c r="AF8" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG8" s="16"/>
+      <c r="AH8" s="48"/>
+      <c r="AI8" s="71"/>
+      <c r="AJ8" s="16"/>
+      <c r="AK8" s="16"/>
+      <c r="AL8" s="16"/>
+      <c r="AM8" s="16"/>
+      <c r="AN8" s="16"/>
+      <c r="AO8" s="16"/>
+      <c r="AP8" s="16"/>
+      <c r="AQ8" s="48"/>
+      <c r="AR8" s="71" t="s">
+        <v>121</v>
+      </c>
+      <c r="AS8" s="16"/>
+      <c r="AT8" s="157"/>
+      <c r="AU8" s="16"/>
+      <c r="AV8" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="AW8" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="AX8" s="16"/>
+    </row>
+    <row r="9" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="208"/>
+      <c r="C9" s="209"/>
+      <c r="D9" s="210"/>
+      <c r="E9" s="209"/>
+      <c r="F9" s="210"/>
+      <c r="G9" s="211"/>
+      <c r="H9" s="210"/>
+      <c r="I9" s="210"/>
+      <c r="J9" s="212"/>
+      <c r="K9" s="209"/>
+      <c r="L9" s="210"/>
+      <c r="M9" s="209"/>
+      <c r="N9" s="210"/>
+      <c r="O9" s="210" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" s="210"/>
+      <c r="Q9" s="210" t="s">
+        <v>118</v>
+      </c>
+      <c r="R9" s="210"/>
+      <c r="S9" s="213"/>
+      <c r="T9" s="214" t="s">
+        <v>68</v>
+      </c>
+      <c r="U9" s="215" t="s">
+        <v>33</v>
+      </c>
+      <c r="V9" s="216"/>
+      <c r="W9" s="217"/>
+      <c r="X9" s="218">
+        <v>220</v>
+      </c>
+      <c r="Y9" s="219" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z9" s="220"/>
+      <c r="AA9" s="210"/>
+      <c r="AB9" s="210"/>
+      <c r="AC9" s="210"/>
+      <c r="AD9" s="210"/>
+      <c r="AE9" s="210"/>
+      <c r="AF9" s="210" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG9" s="210"/>
+      <c r="AH9" s="212"/>
+      <c r="AI9" s="221"/>
+      <c r="AJ9" s="220"/>
+      <c r="AK9" s="210"/>
+      <c r="AL9" s="210"/>
+      <c r="AM9" s="210" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN9" s="222" t="s">
         <v>112</v>
       </c>
-      <c r="D7" s="20" t="s">
+      <c r="AO9" s="210"/>
+      <c r="AP9" s="210"/>
+      <c r="AQ9" s="212"/>
+      <c r="AR9" s="210"/>
+      <c r="AS9" s="223"/>
+      <c r="AT9" s="211"/>
+      <c r="AU9" s="210"/>
+      <c r="AV9" s="210" t="s">
+        <v>91</v>
+      </c>
+      <c r="AW9" s="210"/>
+      <c r="AX9" s="210"/>
+    </row>
+    <row r="10" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="221" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" s="225"/>
+      <c r="D10" s="210" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" s="209" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" s="210"/>
+      <c r="G10" s="211"/>
+      <c r="H10" s="210"/>
+      <c r="I10" s="210"/>
+      <c r="J10" s="212"/>
+      <c r="K10" s="209"/>
+      <c r="L10" s="210" t="s">
+        <v>108</v>
+      </c>
+      <c r="M10" s="209" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" s="226" t="s">
+        <v>91</v>
+      </c>
+      <c r="O10" s="223"/>
+      <c r="P10" s="210"/>
+      <c r="Q10" s="210"/>
+      <c r="R10" s="210"/>
+      <c r="S10" s="213"/>
+      <c r="T10" s="214"/>
+      <c r="U10" s="215" t="s">
+        <v>18</v>
+      </c>
+      <c r="V10" s="216"/>
+      <c r="W10" s="217"/>
+      <c r="X10" s="218"/>
+      <c r="Y10" s="219"/>
+      <c r="Z10" s="220" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA10" s="223"/>
+      <c r="AB10" s="210"/>
+      <c r="AC10" s="210" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD10" s="210"/>
+      <c r="AE10" s="210" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF10" s="223"/>
+      <c r="AG10" s="210"/>
+      <c r="AH10" s="212"/>
+      <c r="AI10" s="220" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ10" s="220" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK10" s="210"/>
+      <c r="AL10" s="210"/>
+      <c r="AM10" s="210"/>
+      <c r="AN10" s="225"/>
+      <c r="AO10" s="210"/>
+      <c r="AP10" s="210"/>
+      <c r="AQ10" s="212"/>
+      <c r="AR10" s="210" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS10" s="210" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT10" s="210"/>
+      <c r="AU10" s="227"/>
+      <c r="AV10" s="210"/>
+      <c r="AW10" s="210"/>
+      <c r="AX10" s="210"/>
+    </row>
+    <row r="11" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="221"/>
+      <c r="C11" s="228" t="s">
+        <v>118</v>
+      </c>
+      <c r="D11" s="229"/>
+      <c r="E11" s="230"/>
+      <c r="F11" s="229"/>
+      <c r="G11" s="229"/>
+      <c r="H11" s="229"/>
+      <c r="I11" s="229"/>
+      <c r="J11" s="231"/>
+      <c r="K11" s="228"/>
+      <c r="L11" s="229"/>
+      <c r="M11" s="230"/>
+      <c r="N11" s="229"/>
+      <c r="O11" s="229"/>
+      <c r="P11" s="229" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q11" s="229"/>
+      <c r="R11" s="229"/>
+      <c r="S11" s="232"/>
+      <c r="T11" s="233"/>
+      <c r="U11" s="215" t="s">
+        <v>51</v>
+      </c>
+      <c r="V11" s="216"/>
+      <c r="W11" s="234"/>
+      <c r="X11" s="235"/>
+      <c r="Y11" s="236"/>
+      <c r="Z11" s="230"/>
+      <c r="AA11" s="229" t="s">
+        <v>120</v>
+      </c>
+      <c r="AB11" s="229"/>
+      <c r="AC11" s="237"/>
+      <c r="AD11" s="229"/>
+      <c r="AE11" s="229"/>
+      <c r="AF11" s="229"/>
+      <c r="AG11" s="229"/>
+      <c r="AH11" s="231"/>
+      <c r="AI11" s="230"/>
+      <c r="AJ11" s="229"/>
+      <c r="AK11" s="238"/>
+      <c r="AL11" s="229" t="s">
+        <v>122</v>
+      </c>
+      <c r="AM11" s="229"/>
+      <c r="AN11" s="229"/>
+      <c r="AO11" s="229" t="s">
         <v>112</v>
       </c>
-      <c r="E7" s="26"/>
-[...15 lines deleted...]
-      <c r="U7" s="117" t="s">
+      <c r="AP11" s="229"/>
+      <c r="AQ11" s="231"/>
+      <c r="AR11" s="230"/>
+      <c r="AS11" s="229"/>
+      <c r="AT11" s="229" t="s">
+        <v>114</v>
+      </c>
+      <c r="AU11" s="229"/>
+      <c r="AV11" s="229"/>
+      <c r="AW11" s="229"/>
+      <c r="AX11" s="229" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="12" spans="2:59" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" s="28"/>
+      <c r="F12" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G12" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="33"/>
+      <c r="K12" s="121" t="s">
+        <v>112</v>
+      </c>
+      <c r="L12" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M12" s="19"/>
+      <c r="N12" s="19"/>
+      <c r="O12" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q12" s="14"/>
+      <c r="R12" s="14"/>
+      <c r="S12" s="33"/>
+      <c r="T12" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="U12" s="35" t="s">
         <v>9</v>
       </c>
-      <c r="V7" s="115"/>
-[...6 lines deleted...]
-      <c r="AC7" s="20" t="s">
+      <c r="V12" s="45"/>
+      <c r="W12" s="46"/>
+      <c r="X12" s="107">
+        <v>301</v>
+      </c>
+      <c r="Y12" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z12" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA12" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB12" s="16" t="s">
         <v>112</v>
       </c>
-      <c r="AD7" s="20"/>
-[...4 lines deleted...]
-      <c r="AI7" s="78" t="s">
+      <c r="AC12" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD12" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE12" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF12" s="16"/>
+      <c r="AG12" s="16"/>
+      <c r="AH12" s="48"/>
+      <c r="AI12" s="16"/>
+      <c r="AJ12" s="16" t="s">
         <v>112</v>
       </c>
-      <c r="AJ7" s="20" t="s">
-[...17 lines deleted...]
-      <c r="AX7" s="20"/>
+      <c r="AK12" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL12" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM12" s="131"/>
+      <c r="AN12" s="16"/>
+      <c r="AO12" s="16"/>
+      <c r="AP12" s="16"/>
+      <c r="AQ12" s="48"/>
+      <c r="AR12" s="16"/>
+      <c r="AS12" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT12" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU12" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV12" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="AW12" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AX12" s="16"/>
     </row>
-    <row r="8" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...420 lines deleted...]
-      <c r="U13" s="42" t="s">
+    <row r="13" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="36"/>
+      <c r="C13" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" s="71" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="G13" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="H13" s="16"/>
+      <c r="I13" s="16"/>
+      <c r="J13" s="48"/>
+      <c r="K13" s="122"/>
+      <c r="L13" s="10"/>
+      <c r="M13" s="11"/>
+      <c r="N13" s="149"/>
+      <c r="O13" s="150"/>
+      <c r="P13" s="10"/>
+      <c r="Q13" s="71"/>
+      <c r="R13" s="16"/>
+      <c r="S13" s="17"/>
+      <c r="T13" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="U13" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="V13" s="52"/>
-[...59 lines deleted...]
-      <c r="AX13" s="20"/>
+      <c r="V13" s="50"/>
+      <c r="W13" s="51"/>
+      <c r="X13" s="98">
+        <v>107</v>
+      </c>
+      <c r="Y13" s="6"/>
+      <c r="Z13" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA13" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB13" s="10"/>
+      <c r="AC13" s="10"/>
+      <c r="AD13" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE13" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF13" s="10"/>
+      <c r="AG13" s="10"/>
+      <c r="AH13" s="37"/>
+      <c r="AI13" s="11"/>
+      <c r="AJ13" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="AK13" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL13" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM13" s="16"/>
+      <c r="AN13" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="AO13" s="10"/>
+      <c r="AP13" s="10"/>
+      <c r="AQ13" s="37"/>
+      <c r="AR13" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="AS13" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT13" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU13" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV13" s="16"/>
+      <c r="AW13" s="10"/>
+      <c r="AX13" s="10"/>
     </row>
     <row r="14" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="11" t="s">
+      <c r="B14" s="36" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" s="190"/>
+      <c r="F14" s="11" t="s">
         <v>114</v>
       </c>
-      <c r="D14" s="20" t="s">
+      <c r="G14" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="H14" s="187"/>
+      <c r="I14" s="10"/>
+      <c r="J14" s="37"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="206" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" s="10" t="s">
         <v>114</v>
       </c>
-      <c r="E14" s="78" t="s">
+      <c r="O14" s="22" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="R14" s="10"/>
+      <c r="S14" s="11"/>
+      <c r="T14" s="49" t="s">
+        <v>41</v>
+      </c>
+      <c r="U14" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="V14" s="50"/>
+      <c r="W14" s="51"/>
+      <c r="X14" s="98">
+        <v>205</v>
+      </c>
+      <c r="Y14" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z14" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA14" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB14" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AC14" s="10"/>
+      <c r="AD14" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AE14" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF14" s="10"/>
+      <c r="AG14" s="10"/>
+      <c r="AH14" s="37"/>
+      <c r="AI14" s="16"/>
+      <c r="AJ14" s="10"/>
+      <c r="AK14" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL14" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM14" s="16" t="s">
         <v>113</v>
       </c>
-      <c r="F14" s="12"/>
-[...30 lines deleted...]
-      <c r="AC14" s="20" t="s">
+      <c r="AN14" s="149"/>
+      <c r="AO14" s="10"/>
+      <c r="AP14" s="10"/>
+      <c r="AQ14" s="37"/>
+      <c r="AR14" s="70" t="s">
         <v>114</v>
       </c>
-      <c r="AD14" s="20"/>
-[...41 lines deleted...]
-      <c r="AX14" s="11"/>
+      <c r="AS14" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT14" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU14" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV14" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AW14" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="AX14" s="10"/>
     </row>
     <row r="15" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="43" t="s">
+      <c r="B15" s="36" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" s="16"/>
+      <c r="E15" s="190"/>
+      <c r="F15" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15" s="16"/>
+      <c r="I15" s="10"/>
+      <c r="J15" s="37"/>
+      <c r="K15" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="L15" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="O15" s="190"/>
+      <c r="P15" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q15" s="26"/>
+      <c r="R15" s="10"/>
+      <c r="S15" s="11"/>
+      <c r="T15" s="49" t="s">
+        <v>50</v>
+      </c>
+      <c r="U15" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="V15" s="50"/>
+      <c r="W15" s="51"/>
+      <c r="X15" s="98">
+        <v>306</v>
+      </c>
+      <c r="Y15" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z15" s="71" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA15" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB15" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC15" s="16"/>
+      <c r="AD15" s="16"/>
+      <c r="AE15" s="10"/>
+      <c r="AF15" s="10"/>
+      <c r="AG15" s="10"/>
+      <c r="AH15" s="37"/>
+      <c r="AI15" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ15" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AK15" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL15" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM15" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN15" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO15" s="10" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP15" s="10"/>
+      <c r="AQ15" s="37"/>
+      <c r="AR15" s="26" t="s">
+        <v>95</v>
+      </c>
+      <c r="AS15" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT15" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU15" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AV15" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AW15" s="10"/>
+      <c r="AX15" s="187"/>
+    </row>
+    <row r="16" spans="2:59" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="C15" s="11" t="s">
-[...13 lines deleted...]
-      <c r="K15" s="11" t="s">
+      <c r="D16" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="L15" s="11" t="s">
+      <c r="E16" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H16" s="15"/>
+      <c r="I16" s="15"/>
+      <c r="J16" s="96"/>
+      <c r="K16" s="23" t="s">
+        <v>119</v>
+      </c>
+      <c r="L16" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="M15" s="12"/>
-[...13 lines deleted...]
-      <c r="U15" s="46" t="s">
+      <c r="O16" s="23"/>
+      <c r="P16" s="15"/>
+      <c r="Q16" s="27"/>
+      <c r="R16" s="15"/>
+      <c r="S16" s="96"/>
+      <c r="T16" s="162" t="s">
+        <v>10</v>
+      </c>
+      <c r="U16" s="102" t="s">
         <v>9</v>
       </c>
-      <c r="V15" s="57"/>
-[...13 lines deleted...]
-      <c r="AB15" s="20" t="s">
+      <c r="V16" s="199"/>
+      <c r="W16" s="200"/>
+      <c r="X16" s="130">
+        <v>110</v>
+      </c>
+      <c r="Y16" s="201"/>
+      <c r="Z16" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="AA16" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AB16" s="15"/>
+      <c r="AC16" s="15"/>
+      <c r="AD16" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="AE16" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="AF16" s="15"/>
+      <c r="AG16" s="15"/>
+      <c r="AH16" s="96"/>
+      <c r="AI16" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="AJ16" s="110" t="s">
         <v>120</v>
       </c>
-      <c r="AC15" s="20" t="s">
-[...23 lines deleted...]
-      <c r="AM15" s="20" t="s">
+      <c r="AK16" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AL16" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AM16" s="15"/>
+      <c r="AN16" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="AO16" s="15"/>
+      <c r="AP16" s="15"/>
+      <c r="AQ16" s="96"/>
+      <c r="AR16" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="AS16" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="AN15" s="166"/>
-[...45 lines deleted...]
-      <c r="P16" s="20" t="s">
+      <c r="AT16" s="15"/>
+      <c r="AU16" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="Q16" s="32" t="s">
-[...68 lines deleted...]
-      <c r="AX16" s="215"/>
+      <c r="AV16" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW16" s="15"/>
+      <c r="AX16" s="15"/>
     </row>
     <row r="17" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="43"/>
-[...33 lines deleted...]
-      <c r="X17" s="106">
+      <c r="B17" s="47"/>
+      <c r="C17" s="91" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" s="16"/>
+      <c r="F17" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="G17" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="H17" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="I17" s="16"/>
+      <c r="J17" s="48"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="16"/>
+      <c r="M17" s="16" t="s">
         <v>110</v>
       </c>
-      <c r="Y17" s="107"/>
-[...9 lines deleted...]
-      <c r="AC17" s="20" t="s">
+      <c r="N17" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="O17" s="16"/>
+      <c r="P17" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q17" s="71" t="s">
+        <v>109</v>
+      </c>
+      <c r="R17" s="16"/>
+      <c r="S17" s="48"/>
+      <c r="T17" s="90" t="s">
+        <v>11</v>
+      </c>
+      <c r="U17" s="81" t="s">
+        <v>14</v>
+      </c>
+      <c r="V17" s="82"/>
+      <c r="W17" s="83"/>
+      <c r="X17" s="75">
+        <v>204</v>
+      </c>
+      <c r="Y17" s="75"/>
+      <c r="Z17" s="16"/>
+      <c r="AA17" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="AB17" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC17" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD17" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AE17" s="16"/>
+      <c r="AF17" s="16"/>
+      <c r="AG17" s="16"/>
+      <c r="AH17" s="48"/>
+      <c r="AI17" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ17" s="16"/>
+      <c r="AK17" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL17" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM17" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="AN17" s="198"/>
+      <c r="AO17" s="16"/>
+      <c r="AP17" s="16"/>
+      <c r="AQ17" s="48"/>
+      <c r="AR17" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS17" s="16"/>
+      <c r="AT17" s="21" t="s">
+        <v>119</v>
+      </c>
+      <c r="AU17" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AV17" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="AW17" s="16"/>
+      <c r="AX17" s="16"/>
+    </row>
+    <row r="18" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="47"/>
+      <c r="C18" s="91" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" s="91" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" s="10"/>
+      <c r="G18" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18" s="16"/>
+      <c r="I18" s="16"/>
+      <c r="J18" s="48"/>
+      <c r="K18" s="122" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M18" s="16"/>
+      <c r="N18" s="16"/>
+      <c r="O18" s="71" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" s="16" t="s">
         <v>124</v>
       </c>
-      <c r="AD17" s="20"/>
-[...19 lines deleted...]
-      <c r="AR17" s="32" t="s">
+      <c r="Q18" s="71" t="s">
+        <v>109</v>
+      </c>
+      <c r="R18" s="16"/>
+      <c r="S18" s="17"/>
+      <c r="T18" s="59" t="s">
+        <v>44</v>
+      </c>
+      <c r="U18" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="V18" s="60"/>
+      <c r="W18" s="61"/>
+      <c r="X18" s="39">
+        <v>304</v>
+      </c>
+      <c r="Y18" s="39"/>
+      <c r="Z18" s="10"/>
+      <c r="AA18" s="17"/>
+      <c r="AB18" s="16"/>
+      <c r="AC18" s="16"/>
+      <c r="AD18" s="20"/>
+      <c r="AE18" s="16"/>
+      <c r="AF18" s="10"/>
+      <c r="AG18" s="10"/>
+      <c r="AH18" s="37"/>
+      <c r="AI18" s="36" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ18" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK18" s="16"/>
+      <c r="AL18" s="16"/>
+      <c r="AM18" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="AN18" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO18" s="16"/>
+      <c r="AP18" s="10"/>
+      <c r="AQ18" s="37"/>
+      <c r="AR18" s="10" t="s">
         <v>124</v>
       </c>
-      <c r="AS17" s="20" t="s">
-[...15 lines deleted...]
-      <c r="B18" s="105" t="s">
+      <c r="AS18" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="AT18" s="134" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU18" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV18" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="AW18" s="10" t="s">
         <v>117</v>
       </c>
-      <c r="C18" s="18" t="s">
-[...88 lines deleted...]
-      <c r="AX18" s="18"/>
+      <c r="AX18" s="10"/>
     </row>
     <row r="19" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="54" t="s">
+      <c r="B19" s="36"/>
+      <c r="C19" s="21"/>
+      <c r="D19" s="16"/>
+      <c r="E19" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="F19" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="I19" s="10"/>
+      <c r="J19" s="37"/>
+      <c r="K19" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="L19" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M19" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N19" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="O19" s="71" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" s="16" t="s">
         <v>122</v>
       </c>
-      <c r="C19" s="98" t="s">
-[...12 lines deleted...]
-      <c r="H19" s="29" t="s">
+      <c r="Q19" s="10"/>
+      <c r="R19" s="10"/>
+      <c r="S19" s="11"/>
+      <c r="T19" s="59" t="s">
+        <v>48</v>
+      </c>
+      <c r="U19" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="V19" s="60"/>
+      <c r="W19" s="61"/>
+      <c r="X19" s="39">
+        <v>307</v>
+      </c>
+      <c r="Y19" s="39" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z19" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA19" s="190"/>
+      <c r="AB19" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC19" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD19" s="10"/>
+      <c r="AE19" s="16" t="s">
         <v>122</v>
       </c>
-      <c r="I19" s="29"/>
-[...60 lines deleted...]
-      <c r="AX19" s="20"/>
+      <c r="AF19" s="10"/>
+      <c r="AG19" s="10"/>
+      <c r="AH19" s="37"/>
+      <c r="AI19" s="36"/>
+      <c r="AJ19" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK19" s="16"/>
+      <c r="AL19" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM19" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN19" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO19" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP19" s="10"/>
+      <c r="AQ19" s="37"/>
+      <c r="AR19" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS19" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="AT19" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU19" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV19" s="17"/>
+      <c r="AW19" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="AX19" s="10"/>
     </row>
     <row r="20" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="54"/>
-[...2 lines deleted...]
-      <c r="E20" s="11" t="s">
+      <c r="B20" s="47"/>
+      <c r="C20" s="21"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="71" t="s">
+        <v>120</v>
+      </c>
+      <c r="F20" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H20" s="10"/>
+      <c r="I20" s="10"/>
+      <c r="J20" s="37"/>
+      <c r="K20" s="11"/>
+      <c r="L20" s="10"/>
+      <c r="M20" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N20" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="O20" s="71" t="s">
         <v>123</v>
       </c>
-      <c r="F20" s="20" t="s">
-[...21 lines deleted...]
-      <c r="T20" s="66" t="s">
+      <c r="P20" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q20" s="71" t="s">
+        <v>120</v>
+      </c>
+      <c r="R20" s="10"/>
+      <c r="S20" s="11"/>
+      <c r="T20" s="59" t="s">
         <v>12</v>
       </c>
-      <c r="U20" s="45" t="s">
-[...13 lines deleted...]
-      <c r="AC20" s="20" t="s">
+      <c r="U20" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="V20" s="60"/>
+      <c r="W20" s="61"/>
+      <c r="X20" s="39">
+        <v>106</v>
+      </c>
+      <c r="Y20" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z20" s="26"/>
+      <c r="AA20" s="16"/>
+      <c r="AB20" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC20" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD20" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="AE20" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF20" s="10"/>
+      <c r="AG20" s="10"/>
+      <c r="AH20" s="37"/>
+      <c r="AI20" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ20" s="16" t="s">
         <v>123</v>
       </c>
-      <c r="AD20" s="11" t="s">
+      <c r="AK20" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL20" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM20" s="10"/>
+      <c r="AN20" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="AE20" s="20" t="s">
-[...25 lines deleted...]
-      <c r="AS20" s="11" t="s">
+      <c r="AO20" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP20" s="10"/>
+      <c r="AQ20" s="37"/>
+      <c r="AR20" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS20" s="10" t="s">
         <v>123</v>
       </c>
-      <c r="AT20" s="20" t="s">
-[...11 lines deleted...]
-      <c r="AX20" s="11"/>
+      <c r="AT20" s="21" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU20" s="10"/>
+      <c r="AV20" s="17"/>
+      <c r="AW20" s="16"/>
+      <c r="AX20" s="10"/>
     </row>
     <row r="21" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="54" t="s">
+      <c r="B21" s="47"/>
+      <c r="C21" s="188"/>
+      <c r="D21" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="E21" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="I21" s="12"/>
+      <c r="J21" s="44"/>
+      <c r="K21" s="20"/>
+      <c r="L21" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M21" s="17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N21" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="O21" s="71"/>
+      <c r="P21" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q21" s="71"/>
+      <c r="R21" s="12"/>
+      <c r="S21" s="13"/>
+      <c r="T21" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="U21" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="V21" s="60"/>
+      <c r="W21" s="61"/>
+      <c r="X21" s="43">
+        <v>104</v>
+      </c>
+      <c r="Y21" s="43" t="s">
+        <v>141</v>
+      </c>
+      <c r="Z21" s="40"/>
+      <c r="AA21" s="16"/>
+      <c r="AB21" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC21" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD21" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="AE21" s="16"/>
+      <c r="AF21" s="12"/>
+      <c r="AG21" s="12"/>
+      <c r="AH21" s="44"/>
+      <c r="AI21" s="70" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ21" s="16"/>
+      <c r="AK21" s="16"/>
+      <c r="AL21" s="16"/>
+      <c r="AM21" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN21" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AO21" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP21" s="12"/>
+      <c r="AQ21" s="44"/>
+      <c r="AR21" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS21" s="10"/>
+      <c r="AT21" s="24" t="s">
+        <v>119</v>
+      </c>
+      <c r="AU21" s="21" t="s">
+        <v>91</v>
+      </c>
+      <c r="AV21" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="AW21" s="24"/>
+      <c r="AX21" s="12"/>
+    </row>
+    <row r="22" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="97"/>
+      <c r="C22" s="119"/>
+      <c r="D22" s="119" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" s="89" t="s">
+        <v>113</v>
+      </c>
+      <c r="H22" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="I22" s="15"/>
+      <c r="J22" s="96"/>
+      <c r="K22" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="L22" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M22" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="N22" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="O22" s="27" t="s">
+        <v>123</v>
+      </c>
+      <c r="P22" s="15"/>
+      <c r="Q22" s="27"/>
+      <c r="R22" s="15"/>
+      <c r="S22" s="96"/>
+      <c r="T22" s="99" t="s">
+        <v>65</v>
+      </c>
+      <c r="U22" s="143" t="s">
+        <v>14</v>
+      </c>
+      <c r="V22" s="60"/>
+      <c r="W22" s="61"/>
+      <c r="X22" s="102">
+        <v>109</v>
+      </c>
+      <c r="Y22" s="102" t="s">
+        <v>59</v>
+      </c>
+      <c r="Z22" s="97"/>
+      <c r="AA22" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB22" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC22" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD22" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AE22" s="15"/>
+      <c r="AF22" s="15"/>
+      <c r="AG22" s="15"/>
+      <c r="AH22" s="96"/>
+      <c r="AI22" s="15"/>
+      <c r="AJ22" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="AK22" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AL22" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AM22" s="15"/>
+      <c r="AN22" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="AO22" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP22" s="15"/>
+      <c r="AQ22" s="96"/>
+      <c r="AR22" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AS22" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="AT22" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="AU22" s="23" t="s">
+        <v>113</v>
+      </c>
+      <c r="AV22" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="AW22" s="15"/>
+      <c r="AX22" s="15"/>
+    </row>
+    <row r="23" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="126"/>
+      <c r="C23" s="116"/>
+      <c r="D23" s="89"/>
+      <c r="E23" s="15"/>
+      <c r="F23" s="89"/>
+      <c r="G23" s="15"/>
+      <c r="H23" s="89"/>
+      <c r="I23" s="89"/>
+      <c r="J23" s="109"/>
+      <c r="K23" s="120" t="s">
+        <v>118</v>
+      </c>
+      <c r="L23" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M23" s="120"/>
+      <c r="N23" s="89" t="s">
+        <v>113</v>
+      </c>
+      <c r="O23" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" s="89" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q23" s="110" t="s">
         <v>122</v>
       </c>
-      <c r="C21" s="98" t="s">
+      <c r="R23" s="89"/>
+      <c r="S23" s="109"/>
+      <c r="T23" s="163" t="s">
+        <v>125</v>
+      </c>
+      <c r="U23" s="52" t="s">
+        <v>15</v>
+      </c>
+      <c r="V23" s="53"/>
+      <c r="W23" s="54"/>
+      <c r="X23" s="102">
+        <v>305</v>
+      </c>
+      <c r="Y23" s="102"/>
+      <c r="Z23" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA23" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB23" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC23" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD23" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE23" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF23" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG23" s="15"/>
+      <c r="AH23" s="96"/>
+      <c r="AI23" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ23" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="AK23" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL23" s="89" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM23" s="15"/>
+      <c r="AN23" s="15"/>
+      <c r="AO23" s="15"/>
+      <c r="AP23" s="15"/>
+      <c r="AQ23" s="96"/>
+      <c r="AR23" s="27"/>
+      <c r="AS23" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="AT23" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU23" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="AV23" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="AW23" s="15"/>
+      <c r="AX23" s="15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="24" spans="1:50" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="122"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="16"/>
+      <c r="E24" s="16"/>
+      <c r="F24" s="16"/>
+      <c r="G24" s="16"/>
+      <c r="H24" s="16"/>
+      <c r="I24" s="16"/>
+      <c r="J24" s="48"/>
+      <c r="K24" s="71"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="14"/>
+      <c r="N24" s="71"/>
+      <c r="O24" s="17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P24" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q24" s="71" t="s">
+        <v>120</v>
+      </c>
+      <c r="R24" s="17"/>
+      <c r="S24" s="33"/>
+      <c r="T24" s="55" t="s">
         <v>83</v>
       </c>
-      <c r="D21" s="98" t="s">
-[...9 lines deleted...]
-      <c r="H21" s="20" t="s">
+      <c r="U24" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="V24" s="57"/>
+      <c r="W24" s="58"/>
+      <c r="X24" s="75">
+        <v>320</v>
+      </c>
+      <c r="Y24" s="75"/>
+      <c r="Z24" s="71"/>
+      <c r="AA24" s="16"/>
+      <c r="AB24" s="16"/>
+      <c r="AC24" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD24" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE24" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF24" s="148" t="s">
+        <v>120</v>
+      </c>
+      <c r="AG24" s="16"/>
+      <c r="AH24" s="48"/>
+      <c r="AI24" s="47" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ24" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AK24" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL24" s="131"/>
+      <c r="AM24" s="16"/>
+      <c r="AN24" s="16"/>
+      <c r="AO24" s="16"/>
+      <c r="AP24" s="16"/>
+      <c r="AQ24" s="48"/>
+      <c r="AR24" s="71"/>
+      <c r="AS24" s="16"/>
+      <c r="AT24" s="16"/>
+      <c r="AU24" s="16"/>
+      <c r="AV24" s="16"/>
+      <c r="AW24" s="16"/>
+      <c r="AX24" s="16"/>
+    </row>
+    <row r="25" spans="1:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="36"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="16"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="16"/>
+      <c r="J25" s="48"/>
+      <c r="K25" s="71"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="16"/>
+      <c r="N25" s="71"/>
+      <c r="O25" s="17"/>
+      <c r="P25" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q25" s="16" t="s">
         <v>122</v>
       </c>
-      <c r="I21" s="20"/>
-[...123 lines deleted...]
-      <c r="Z22" s="32" t="s">
+      <c r="R25" s="17"/>
+      <c r="S25" s="48"/>
+      <c r="T25" s="90" t="s">
+        <v>84</v>
+      </c>
+      <c r="U25" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="V25" s="82"/>
+      <c r="W25" s="83"/>
+      <c r="X25" s="75">
+        <v>320</v>
+      </c>
+      <c r="Y25" s="75"/>
+      <c r="Z25" s="71"/>
+      <c r="AA25" s="16"/>
+      <c r="AB25" s="16"/>
+      <c r="AC25" s="16"/>
+      <c r="AD25" s="16"/>
+      <c r="AE25" s="16"/>
+      <c r="AF25" s="91"/>
+      <c r="AG25" s="16"/>
+      <c r="AH25" s="48"/>
+      <c r="AI25" s="71"/>
+      <c r="AJ25" s="10"/>
+      <c r="AK25" s="16"/>
+      <c r="AL25" s="16"/>
+      <c r="AM25" s="16"/>
+      <c r="AN25" s="16"/>
+      <c r="AO25" s="16"/>
+      <c r="AP25" s="16"/>
+      <c r="AQ25" s="48"/>
+      <c r="AR25" s="71" t="s">
+        <v>112</v>
+      </c>
+      <c r="AS25" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="AA22" s="21"/>
-[...15 lines deleted...]
-      <c r="AI22" s="43" t="s">
+      <c r="AT25" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU25" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AV25" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AW25" s="16"/>
+      <c r="AX25" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="AJ22" s="20" t="s">
-[...317 lines deleted...]
-      <c r="AX25" s="18"/>
     </row>
     <row r="26" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="43"/>
-[...11 lines deleted...]
-      <c r="L26" s="18" t="s">
+      <c r="B26" s="128"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="15"/>
+      <c r="E26" s="15"/>
+      <c r="F26" s="15"/>
+      <c r="G26" s="15"/>
+      <c r="H26" s="15"/>
+      <c r="I26" s="15"/>
+      <c r="J26" s="96"/>
+      <c r="K26" s="97"/>
+      <c r="L26" s="15"/>
+      <c r="M26" s="15"/>
+      <c r="N26" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="O26" s="18"/>
+      <c r="P26" s="15"/>
+      <c r="Q26" s="15"/>
+      <c r="R26" s="18"/>
+      <c r="S26" s="96"/>
+      <c r="T26" s="99" t="s">
+        <v>16</v>
+      </c>
+      <c r="U26" s="143" t="s">
+        <v>17</v>
+      </c>
+      <c r="V26" s="155"/>
+      <c r="W26" s="156"/>
+      <c r="X26" s="102">
+        <v>320</v>
+      </c>
+      <c r="Y26" s="102"/>
+      <c r="Z26" s="27"/>
+      <c r="AA26" s="15"/>
+      <c r="AB26" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC26" s="15"/>
+      <c r="AD26" s="15"/>
+      <c r="AE26" s="15"/>
+      <c r="AF26" s="15"/>
+      <c r="AG26" s="15"/>
+      <c r="AH26" s="96"/>
+      <c r="AI26" s="15"/>
+      <c r="AJ26" s="15"/>
+      <c r="AK26" s="15"/>
+      <c r="AL26" s="15"/>
+      <c r="AM26" s="15"/>
+      <c r="AN26" s="15"/>
+      <c r="AO26" s="15"/>
+      <c r="AP26" s="15"/>
+      <c r="AQ26" s="96"/>
+      <c r="AR26" s="27"/>
+      <c r="AS26" s="15"/>
+      <c r="AT26" s="15"/>
+      <c r="AU26" s="15"/>
+      <c r="AV26" s="15"/>
+      <c r="AW26" s="15"/>
+      <c r="AX26" s="15"/>
+    </row>
+    <row r="27" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="121"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="14"/>
+      <c r="F27" s="14"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="14"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="33"/>
+      <c r="K27" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="L27" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M27" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N27" s="25" t="s">
+        <v>121</v>
+      </c>
+      <c r="O27" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="P27" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q27" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="R27" s="19"/>
+      <c r="S27" s="33"/>
+      <c r="T27" s="202" t="s">
+        <v>103</v>
+      </c>
+      <c r="U27" s="203" t="s">
+        <v>18</v>
+      </c>
+      <c r="V27" s="204"/>
+      <c r="W27" s="205"/>
+      <c r="X27" s="132">
+        <v>308</v>
+      </c>
+      <c r="Y27" s="132" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z27" s="28" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA27" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="M26" s="133" t="s">
-[...6 lines deleted...]
-      <c r="P26" s="96" t="s">
+      <c r="AB27" s="14"/>
+      <c r="AC27" s="14" t="s">
+        <v>121</v>
+      </c>
+      <c r="AD27" s="14"/>
+      <c r="AE27" s="14"/>
+      <c r="AF27" s="14"/>
+      <c r="AG27" s="14"/>
+      <c r="AH27" s="33"/>
+      <c r="AI27" s="28"/>
+      <c r="AJ27" s="14"/>
+      <c r="AK27" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="AL27" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="AM27" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="AN27" s="14"/>
+      <c r="AO27" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="AP27" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ27" s="33"/>
+      <c r="AR27" s="28"/>
+      <c r="AS27" s="28" t="s">
+        <v>112</v>
+      </c>
+      <c r="AT27" s="28"/>
+      <c r="AU27" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="AV27" s="14" t="s">
         <v>119</v>
       </c>
-      <c r="Q26" s="120" t="s">
-[...68 lines deleted...]
-      <c r="AX26" s="18"/>
+      <c r="AW27" s="14" t="s">
+        <v>148</v>
+      </c>
+      <c r="AX27" s="14" t="s">
+        <v>114</v>
+      </c>
     </row>
-    <row r="27" spans="1:50" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...24 lines deleted...]
-      <c r="U27" s="63" t="s">
+    <row r="28" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="122"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="17"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G28" s="16"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="16"/>
+      <c r="J28" s="48"/>
+      <c r="K28" s="71"/>
+      <c r="L28" s="17"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="21"/>
+      <c r="O28" s="17"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="16"/>
+      <c r="R28" s="17"/>
+      <c r="S28" s="48"/>
+      <c r="T28" s="90" t="s">
+        <v>72</v>
+      </c>
+      <c r="U28" s="90" t="s">
         <v>18</v>
       </c>
-      <c r="V27" s="64"/>
-[...110 lines deleted...]
-      <c r="AX28" s="20"/>
+      <c r="V28" s="82"/>
+      <c r="W28" s="83"/>
+      <c r="X28" s="75">
+        <v>207</v>
+      </c>
+      <c r="Y28" s="75"/>
+      <c r="Z28" s="47"/>
+      <c r="AA28" s="16"/>
+      <c r="AB28" s="16"/>
+      <c r="AC28" s="16"/>
+      <c r="AD28" s="16"/>
+      <c r="AE28" s="16"/>
+      <c r="AF28" s="16"/>
+      <c r="AG28" s="16"/>
+      <c r="AH28" s="48"/>
+      <c r="AI28" s="71" t="s">
+        <v>120</v>
+      </c>
+      <c r="AJ28" s="16"/>
+      <c r="AK28" s="16"/>
+      <c r="AL28" s="16"/>
+      <c r="AM28" s="16"/>
+      <c r="AN28" s="16"/>
+      <c r="AO28" s="16"/>
+      <c r="AP28" s="16"/>
+      <c r="AQ28" s="48"/>
+      <c r="AR28" s="71"/>
+      <c r="AS28" s="71"/>
+      <c r="AT28" s="71"/>
+      <c r="AU28" s="16"/>
+      <c r="AV28" s="16"/>
+      <c r="AW28" s="16"/>
+      <c r="AX28" s="16"/>
     </row>
     <row r="29" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B29" s="17"/>
-[...8 lines deleted...]
-      <c r="K29" s="105"/>
+      <c r="B29" s="97"/>
+      <c r="C29" s="15"/>
+      <c r="D29" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E29" s="15"/>
+      <c r="F29" s="15"/>
+      <c r="G29" s="15"/>
+      <c r="H29" s="15"/>
+      <c r="I29" s="15"/>
+      <c r="J29" s="96"/>
+      <c r="K29" s="15"/>
       <c r="L29" s="18"/>
-      <c r="M29" s="18" t="s">
-[...11 lines deleted...]
-      <c r="U29" s="160" t="s">
+      <c r="M29" s="15"/>
+      <c r="N29" s="135"/>
+      <c r="O29" s="15"/>
+      <c r="P29" s="15"/>
+      <c r="Q29" s="15"/>
+      <c r="R29" s="15"/>
+      <c r="S29" s="18"/>
+      <c r="T29" s="99" t="s">
+        <v>82</v>
+      </c>
+      <c r="U29" s="99" t="s">
         <v>18</v>
       </c>
-      <c r="V29" s="173"/>
-[...31 lines deleted...]
-      <c r="AX29" s="18"/>
+      <c r="V29" s="100"/>
+      <c r="W29" s="101"/>
+      <c r="X29" s="102">
+        <v>207</v>
+      </c>
+      <c r="Y29" s="102"/>
+      <c r="Z29" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA29" s="15"/>
+      <c r="AB29" s="15"/>
+      <c r="AC29" s="15"/>
+      <c r="AD29" s="15"/>
+      <c r="AE29" s="15"/>
+      <c r="AF29" s="15"/>
+      <c r="AG29" s="15"/>
+      <c r="AH29" s="96"/>
+      <c r="AI29" s="97"/>
+      <c r="AJ29" s="15"/>
+      <c r="AK29" s="15"/>
+      <c r="AL29" s="15"/>
+      <c r="AM29" s="15"/>
+      <c r="AN29" s="15"/>
+      <c r="AO29" s="15"/>
+      <c r="AP29" s="15"/>
+      <c r="AQ29" s="96"/>
+      <c r="AR29" s="15"/>
+      <c r="AS29" s="27"/>
+      <c r="AT29" s="27"/>
+      <c r="AU29" s="15"/>
+      <c r="AV29" s="15"/>
+      <c r="AW29" s="15"/>
+      <c r="AX29" s="15"/>
     </row>
-    <row r="30" spans="1:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-[...58 lines deleted...]
-      <c r="AX30" s="15"/>
+    <row r="30" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="47"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="16"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="16"/>
+      <c r="J30" s="48"/>
+      <c r="K30" s="71"/>
+      <c r="L30" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="M30" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" s="71"/>
+      <c r="O30" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P30" s="16"/>
+      <c r="Q30" s="16"/>
+      <c r="R30" s="16"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="72" t="s">
+        <v>42</v>
+      </c>
+      <c r="U30" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="V30" s="73"/>
+      <c r="W30" s="74"/>
+      <c r="X30" s="75">
+        <v>303</v>
+      </c>
+      <c r="Y30" s="75"/>
+      <c r="Z30" s="71"/>
+      <c r="AA30" s="16"/>
+      <c r="AB30" s="16"/>
+      <c r="AC30" s="16"/>
+      <c r="AD30" s="16"/>
+      <c r="AE30" s="16"/>
+      <c r="AF30" s="16"/>
+      <c r="AG30" s="16"/>
+      <c r="AH30" s="48"/>
+      <c r="AI30" s="47"/>
+      <c r="AJ30" s="16"/>
+      <c r="AK30" s="16"/>
+      <c r="AL30" s="16"/>
+      <c r="AM30" s="16"/>
+      <c r="AN30" s="16"/>
+      <c r="AO30" s="24"/>
+      <c r="AP30" s="24"/>
+      <c r="AQ30" s="95"/>
+      <c r="AR30" s="94"/>
+      <c r="AS30" s="94"/>
+      <c r="AT30" s="24"/>
+      <c r="AU30" s="24"/>
+      <c r="AV30" s="16"/>
+      <c r="AW30" s="16"/>
+      <c r="AX30" s="16"/>
     </row>
     <row r="31" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="54"/>
-[...14 lines deleted...]
-      <c r="O31" s="20" t="s">
+      <c r="B31" s="36"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="11"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="16"/>
+      <c r="J31" s="48"/>
+      <c r="K31" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="L31" s="11"/>
+      <c r="M31" s="10"/>
+      <c r="O31" s="16"/>
+      <c r="P31" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q31" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="R31" s="16"/>
+      <c r="S31" s="17"/>
+      <c r="T31" s="72"/>
+      <c r="U31" s="72" t="s">
+        <v>39</v>
+      </c>
+      <c r="V31" s="73"/>
+      <c r="W31" s="74"/>
+      <c r="X31" s="75"/>
+      <c r="Y31" s="75"/>
+      <c r="Z31" s="71"/>
+      <c r="AA31" s="16"/>
+      <c r="AB31" s="16"/>
+      <c r="AC31" s="16"/>
+      <c r="AD31" s="16"/>
+      <c r="AE31" s="16"/>
+      <c r="AF31" s="16"/>
+      <c r="AG31" s="16"/>
+      <c r="AH31" s="48"/>
+      <c r="AI31" s="47"/>
+      <c r="AJ31" s="16"/>
+      <c r="AK31" s="71"/>
+      <c r="AL31" s="16"/>
+      <c r="AN31" s="134"/>
+      <c r="AO31" s="10"/>
+      <c r="AP31" s="10"/>
+      <c r="AQ31" s="37"/>
+      <c r="AR31" s="26"/>
+      <c r="AS31" s="10"/>
+      <c r="AT31" s="10"/>
+      <c r="AU31" s="10"/>
+      <c r="AV31" s="16"/>
+      <c r="AW31" s="10"/>
+      <c r="AX31" s="16"/>
+    </row>
+    <row r="32" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="97" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F32" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H32" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="I32" s="15"/>
+      <c r="J32" s="96"/>
+      <c r="K32" s="27" t="s">
+        <v>127</v>
+      </c>
+      <c r="L32" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="M32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="O32" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="P31" s="20"/>
-[...3 lines deleted...]
-      <c r="T31" s="97" t="s">
+      <c r="P32" s="18"/>
+      <c r="Q32" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="R32" s="15"/>
+      <c r="S32" s="96"/>
+      <c r="T32" s="76" t="s">
+        <v>19</v>
+      </c>
+      <c r="U32" s="76" t="s">
+        <v>36</v>
+      </c>
+      <c r="V32" s="77"/>
+      <c r="W32" s="78"/>
+      <c r="X32" s="102">
+        <v>222</v>
+      </c>
+      <c r="Y32" s="102" t="s">
+        <v>57</v>
+      </c>
+      <c r="Z32" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA32" s="27" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB32" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC32" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD32" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AE32" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF32" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG32" s="15"/>
+      <c r="AH32" s="96"/>
+      <c r="AI32" s="97" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ32" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK32" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="AL32" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM32" s="15"/>
+      <c r="AN32" s="119" t="s">
+        <v>121</v>
+      </c>
+      <c r="AO32" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="AP32" s="15"/>
+      <c r="AQ32" s="96"/>
+      <c r="AR32" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS32" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="AT32" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="AU32" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AV32" s="15"/>
+      <c r="AW32" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="AX32" s="15"/>
+    </row>
+    <row r="33" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="122" t="s">
+        <v>110</v>
+      </c>
+      <c r="C33" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="E33" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F33" s="71" t="s">
+        <v>117</v>
+      </c>
+      <c r="G33" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="H33" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="I33" s="16"/>
+      <c r="J33" s="48"/>
+      <c r="K33" s="122" t="s">
+        <v>109</v>
+      </c>
+      <c r="L33" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M33" s="71" t="s">
+        <v>112</v>
+      </c>
+      <c r="N33" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="O33" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P33" s="71" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q33" s="16"/>
+      <c r="R33" s="16"/>
+      <c r="S33" s="17"/>
+      <c r="T33" s="55" t="s">
+        <v>66</v>
+      </c>
+      <c r="U33" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="V33" s="66"/>
+      <c r="W33" s="67"/>
+      <c r="X33" s="75">
         <v>105</v>
       </c>
-      <c r="U31" s="97" t="s">
-[...156 lines deleted...]
-      <c r="AX33" s="20"/>
+      <c r="Y33" s="75"/>
+      <c r="Z33" s="71" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA33" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB33" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC33" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD33" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE33" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AF33" s="71" t="s">
+        <v>144</v>
+      </c>
+      <c r="AG33" s="16"/>
+      <c r="AH33" s="48"/>
+      <c r="AI33" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AJ33" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK33" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="AL33" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM33" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AN33" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO33" s="16" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP33" s="16"/>
+      <c r="AQ33" s="48"/>
+      <c r="AR33" s="71" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS33" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT33" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU33" s="16" t="s">
+        <v>94</v>
+      </c>
+      <c r="AV33" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AW33" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AX33" s="16"/>
     </row>
     <row r="34" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="43"/>
-[...45 lines deleted...]
-      <c r="AR34" s="47" t="s">
+      <c r="B34" s="123" t="s">
+        <v>110</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D34" s="22" t="s">
+        <v>122</v>
+      </c>
+      <c r="E34" s="10"/>
+      <c r="F34" s="21" t="s">
+        <v>88</v>
+      </c>
+      <c r="G34" s="10"/>
+      <c r="H34" s="71"/>
+      <c r="I34" s="10"/>
+      <c r="J34" s="37"/>
+      <c r="K34" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="L34" s="10"/>
+      <c r="M34" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="N34" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="O34" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="P34" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q34" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="AS34" s="13"/>
-[...4 lines deleted...]
-      <c r="AX34" s="13"/>
+      <c r="R34" s="10"/>
+      <c r="S34" s="37"/>
+      <c r="T34" s="90" t="s">
+        <v>20</v>
+      </c>
+      <c r="U34" s="90" t="s">
+        <v>21</v>
+      </c>
+      <c r="V34" s="144"/>
+      <c r="W34" s="145"/>
+      <c r="X34" s="75">
+        <v>103</v>
+      </c>
+      <c r="Y34" s="75" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z34" s="71" t="s">
+        <v>122</v>
+      </c>
+      <c r="AA34" s="16"/>
+      <c r="AB34" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC34" s="71" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD34" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="AE34" s="10"/>
+      <c r="AF34" s="158" t="s">
+        <v>151</v>
+      </c>
+      <c r="AG34" s="10"/>
+      <c r="AH34" s="95"/>
+      <c r="AI34" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="AJ34" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK34" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL34" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM34" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="AN34" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO34" s="10"/>
+      <c r="AP34" s="10"/>
+      <c r="AQ34" s="37"/>
+      <c r="AR34" s="36" t="s">
+        <v>123</v>
+      </c>
+      <c r="AS34" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT34" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU34" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="AV34" s="10"/>
+      <c r="AW34" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="AX34" s="186"/>
     </row>
-    <row r="35" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C35" s="18" t="s">
+    <row r="35" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="123" t="s">
+        <v>110</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D35" s="20" t="s">
+        <v>118</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="F35" s="21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G35" s="10" t="s">
         <v>121</v>
       </c>
-      <c r="D35" s="22" t="s">
-[...9 lines deleted...]
-      <c r="H35" s="18" t="s">
+      <c r="H35" s="10"/>
+      <c r="I35" s="24"/>
+      <c r="J35" s="95"/>
+      <c r="K35" s="122" t="s">
+        <v>113</v>
+      </c>
+      <c r="L35" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="M35" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="N35" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="O35" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="P35" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q35" s="16"/>
+      <c r="R35" s="24"/>
+      <c r="S35" s="105"/>
+      <c r="T35" s="59" t="s">
+        <v>43</v>
+      </c>
+      <c r="U35" s="59" t="s">
+        <v>21</v>
+      </c>
+      <c r="V35" s="68"/>
+      <c r="W35" s="69"/>
+      <c r="X35" s="39">
+        <v>310</v>
+      </c>
+      <c r="Y35" s="39"/>
+      <c r="Z35" s="71" t="s">
+        <v>121</v>
+      </c>
+      <c r="AA35" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="AB35" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AC35" s="71" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD35" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AE35" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="AF35" s="190"/>
+      <c r="AG35" s="10"/>
+      <c r="AH35" s="37"/>
+      <c r="AI35" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="AJ35" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK35" s="21" t="s">
+        <v>118</v>
+      </c>
+      <c r="AL35" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="AM35" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AN35" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AO35" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AP35" s="16"/>
+      <c r="AQ35" s="48"/>
+      <c r="AR35" s="16" t="s">
+        <v>123</v>
+      </c>
+      <c r="AS35" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT35" s="21" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU35" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="AV35" s="24" t="s">
+        <v>118</v>
+      </c>
+      <c r="AW35" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AX35" s="10"/>
+    </row>
+    <row r="36" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="97" t="s">
+        <v>110</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D36" s="22"/>
+      <c r="E36" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G36" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="H36" s="10" t="s">
+        <v>129</v>
+      </c>
+      <c r="I36" s="10"/>
+      <c r="J36" s="37"/>
+      <c r="K36" s="122" t="s">
+        <v>111</v>
+      </c>
+      <c r="L36" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="M36" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N36" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="O36" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="P36" s="26" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q36" s="16" t="s">
         <v>89</v>
       </c>
-      <c r="I35" s="18"/>
-[...19 lines deleted...]
-      <c r="Q35" s="18" t="s">
+      <c r="R36" s="10"/>
+      <c r="S36" s="37"/>
+      <c r="T36" s="99" t="s">
+        <v>69</v>
+      </c>
+      <c r="U36" s="99" t="s">
+        <v>21</v>
+      </c>
+      <c r="V36" s="100"/>
+      <c r="W36" s="101"/>
+      <c r="X36" s="102">
+        <v>203</v>
+      </c>
+      <c r="Y36" s="102"/>
+      <c r="Z36" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="AA36" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="AB36" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="R35" s="18"/>
-[...36 lines deleted...]
-      <c r="AI35" s="105" t="s">
+      <c r="AC36" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD36" s="15"/>
+      <c r="AE36" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AF36" s="89"/>
+      <c r="AG36" s="15"/>
+      <c r="AH36" s="96"/>
+      <c r="AI36" s="97" t="s">
+        <v>145</v>
+      </c>
+      <c r="AJ36" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AK36" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL36" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM36" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AN36" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO36" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP36" s="15"/>
+      <c r="AQ36" s="96"/>
+      <c r="AR36" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="AJ35" s="18" t="s">
-[...146 lines deleted...]
-      <c r="AX36" s="20"/>
+      <c r="AS36" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AT36" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU36" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="AV36" s="15"/>
+      <c r="AW36" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AX36" s="15"/>
     </row>
     <row r="37" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="136" t="s">
+      <c r="B37" s="122" t="s">
+        <v>130</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="E37" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F37" s="25" t="s">
+        <v>115</v>
+      </c>
+      <c r="G37" s="131" t="s">
+        <v>97</v>
+      </c>
+      <c r="H37" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="I37" s="14"/>
+      <c r="J37" s="33"/>
+      <c r="K37" s="207" t="s">
+        <v>127</v>
+      </c>
+      <c r="L37" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M37" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N37" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="O37" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P37" s="28" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q37" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="R37" s="14"/>
+      <c r="S37" s="33"/>
+      <c r="T37" s="72" t="s">
+        <v>98</v>
+      </c>
+      <c r="U37" s="81" t="s">
+        <v>54</v>
+      </c>
+      <c r="V37" s="82"/>
+      <c r="W37" s="83"/>
+      <c r="X37" s="75">
         <v>121</v>
       </c>
-      <c r="C37" s="11" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="11" t="s">
+      <c r="Y37" s="75"/>
+      <c r="Z37" s="71" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA37" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB37" s="131" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC37" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD37" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="AE37" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF37" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG37" s="16"/>
+      <c r="AH37" s="16"/>
+      <c r="AI37" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ37" s="16"/>
+      <c r="AK37" s="16"/>
+      <c r="AL37" s="14"/>
+      <c r="AM37" s="131" t="s">
+        <v>97</v>
+      </c>
+      <c r="AN37" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AO37" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="AP37" s="16"/>
+      <c r="AQ37" s="48"/>
+      <c r="AR37" s="71"/>
+      <c r="AS37" s="16"/>
+      <c r="AT37" s="16"/>
+      <c r="AU37" s="16"/>
+      <c r="AV37" s="16"/>
+      <c r="AW37" s="16"/>
+      <c r="AX37" s="16"/>
+    </row>
+    <row r="38" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="128" t="s">
+        <v>120</v>
+      </c>
+      <c r="C38" s="16"/>
+      <c r="D38" s="120"/>
+      <c r="E38" s="89" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" s="120" t="s">
+        <v>122</v>
+      </c>
+      <c r="G38" s="15"/>
+      <c r="H38" s="89" t="s">
+        <v>121</v>
+      </c>
+      <c r="I38" s="89"/>
+      <c r="J38" s="109"/>
+      <c r="K38" s="120"/>
+      <c r="L38" s="89"/>
+      <c r="M38" s="110"/>
+      <c r="N38" s="111"/>
+      <c r="O38" s="89"/>
+      <c r="P38" s="110"/>
+      <c r="Q38" s="89"/>
+      <c r="R38" s="89"/>
+      <c r="S38" s="109"/>
+      <c r="T38" s="76" t="s">
+        <v>99</v>
+      </c>
+      <c r="U38" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="V38" s="41"/>
+      <c r="W38" s="42"/>
+      <c r="X38" s="43"/>
+      <c r="Y38" s="43"/>
+      <c r="Z38" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="AA38" s="27" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB38" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="AC38" s="89" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD38" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="AE38" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="F37" s="32"/>
-[...8 lines deleted...]
-      <c r="K37" s="11" t="s">
+      <c r="AF38" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AG38" s="15"/>
+      <c r="AH38" s="96"/>
+      <c r="AI38" s="97"/>
+      <c r="AJ38" s="15"/>
+      <c r="AK38" s="15"/>
+      <c r="AL38" s="89"/>
+      <c r="AM38" s="15"/>
+      <c r="AN38" s="15"/>
+      <c r="AO38" s="15"/>
+      <c r="AP38" s="15"/>
+      <c r="AQ38" s="96"/>
+      <c r="AR38" s="27" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS38" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="AT38" s="15"/>
+      <c r="AU38" s="15"/>
+      <c r="AV38" s="15"/>
+      <c r="AW38" s="15"/>
+      <c r="AX38" s="15"/>
+    </row>
+    <row r="39" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="122" t="s">
+        <v>114</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="E39" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F39" s="21"/>
+      <c r="G39" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="H39" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="I39" s="16"/>
+      <c r="J39" s="48"/>
+      <c r="K39" s="122"/>
+      <c r="L39" s="16"/>
+      <c r="M39" s="71"/>
+      <c r="N39" s="17"/>
+      <c r="O39" s="131"/>
+      <c r="P39" s="16"/>
+      <c r="Q39" s="71"/>
+      <c r="R39" s="16"/>
+      <c r="S39" s="17"/>
+      <c r="T39" s="55" t="s">
+        <v>22</v>
+      </c>
+      <c r="U39" s="84" t="s">
+        <v>24</v>
+      </c>
+      <c r="V39" s="85"/>
+      <c r="W39" s="86"/>
+      <c r="X39" s="35">
+        <v>217</v>
+      </c>
+      <c r="Y39" s="35" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z39" s="71"/>
+      <c r="AA39" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB39" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC39" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="AD39" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AE39" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF39" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AG39" s="16"/>
+      <c r="AH39" s="48"/>
+      <c r="AI39" s="71"/>
+      <c r="AJ39" s="71"/>
+      <c r="AK39" s="16"/>
+      <c r="AL39" s="71"/>
+      <c r="AM39" s="16"/>
+      <c r="AN39" s="71"/>
+      <c r="AO39" s="16"/>
+      <c r="AP39" s="16"/>
+      <c r="AQ39" s="48"/>
+      <c r="AR39" s="71"/>
+      <c r="AS39" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="AT39" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="AU39" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AV39" s="16"/>
+      <c r="AW39" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX39" s="16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="40" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="128" t="s">
         <v>118</v>
       </c>
-      <c r="L37" s="11" t="s">
-[...31 lines deleted...]
-      <c r="Z37" s="78" t="s">
+      <c r="C40" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D40" s="15"/>
+      <c r="E40" s="115" t="s">
+        <v>112</v>
+      </c>
+      <c r="F40" s="23" t="s">
+        <v>121</v>
+      </c>
+      <c r="G40" s="15"/>
+      <c r="H40" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="AA37" s="20" t="s">
-[...307 lines deleted...]
-      </c>
       <c r="I40" s="15"/>
-      <c r="J40" s="40"/>
-      <c r="K40" s="30"/>
+      <c r="J40" s="96"/>
+      <c r="K40" s="23"/>
       <c r="L40" s="15"/>
-      <c r="M40" s="34" t="s">
-[...8 lines deleted...]
-      <c r="P40" s="34"/>
+      <c r="M40" s="27"/>
+      <c r="N40" s="18"/>
+      <c r="O40" s="15"/>
+      <c r="P40" s="135"/>
       <c r="Q40" s="15"/>
       <c r="R40" s="15"/>
-      <c r="S40" s="40"/>
-[...58 lines deleted...]
-      <c r="AX40" s="20"/>
+      <c r="S40" s="96"/>
+      <c r="T40" s="62" t="s">
+        <v>23</v>
+      </c>
+      <c r="U40" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="V40" s="64"/>
+      <c r="W40" s="65"/>
+      <c r="X40" s="52">
+        <v>219</v>
+      </c>
+      <c r="Y40" s="52"/>
+      <c r="Z40" s="97"/>
+      <c r="AA40" s="15"/>
+      <c r="AB40" s="15"/>
+      <c r="AC40" s="27"/>
+      <c r="AD40" s="27"/>
+      <c r="AE40" s="15"/>
+      <c r="AF40" s="15"/>
+      <c r="AG40" s="15"/>
+      <c r="AH40" s="96"/>
+      <c r="AI40" s="97"/>
+      <c r="AJ40" s="15"/>
+      <c r="AK40" s="15"/>
+      <c r="AL40" s="15"/>
+      <c r="AM40" s="15"/>
+      <c r="AN40" s="15"/>
+      <c r="AO40" s="15"/>
+      <c r="AP40" s="15"/>
+      <c r="AQ40" s="96"/>
+      <c r="AR40" s="27" t="s">
+        <v>122</v>
+      </c>
+      <c r="AS40" s="15"/>
+      <c r="AT40" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="AU40" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="AV40" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="AW40" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="AX40" s="15"/>
     </row>
     <row r="41" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B41" s="27"/>
-[...14 lines deleted...]
-      <c r="K41" s="27" t="s">
+      <c r="B41" s="123" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F41" s="22" t="s">
         <v>126</v>
       </c>
-      <c r="L41" s="11" t="s">
-[...50 lines deleted...]
-      <c r="AU41" s="29" t="s">
+      <c r="G41" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="I41" s="10"/>
+      <c r="J41" s="37"/>
+      <c r="K41" s="22"/>
+      <c r="L41" s="10"/>
+      <c r="M41" s="26"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="10"/>
+      <c r="P41" s="26"/>
+      <c r="Q41" s="10"/>
+      <c r="R41" s="10"/>
+      <c r="S41" s="37"/>
+      <c r="T41" s="49" t="s">
+        <v>52</v>
+      </c>
+      <c r="U41" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="V41" s="87"/>
+      <c r="W41" s="88"/>
+      <c r="X41" s="39">
+        <v>317</v>
+      </c>
+      <c r="Y41" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z41" s="36" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA41" s="71" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB41" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC41" s="10" t="s">
         <v>126</v>
       </c>
-      <c r="AV41" s="29"/>
-[...1 lines deleted...]
-      <c r="AX41" s="29"/>
+      <c r="AD41" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="AE41" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF41" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="AG41" s="16"/>
+      <c r="AH41" s="37"/>
+      <c r="AI41" s="32" t="s">
+        <v>113</v>
+      </c>
+      <c r="AJ41" s="28" t="s">
+        <v>141</v>
+      </c>
+      <c r="AK41" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="AL41" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="AM41" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="AN41" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO41" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP41" s="10"/>
+      <c r="AQ41" s="37"/>
+      <c r="AR41" s="26"/>
+      <c r="AS41" s="16"/>
+      <c r="AT41" s="10"/>
+      <c r="AU41" s="10"/>
+      <c r="AV41" s="10"/>
+      <c r="AW41" s="10"/>
+      <c r="AX41" s="10"/>
     </row>
     <row r="42" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="140"/>
-      <c r="C42" s="20" t="s">
+      <c r="B42" s="126"/>
+      <c r="C42" s="89"/>
+      <c r="D42" s="111"/>
+      <c r="E42" s="89"/>
+      <c r="F42" s="120"/>
+      <c r="G42" s="89"/>
+      <c r="H42" s="89" t="s">
+        <v>122</v>
+      </c>
+      <c r="I42" s="89"/>
+      <c r="J42" s="109"/>
+      <c r="K42" s="120"/>
+      <c r="L42" s="89"/>
+      <c r="M42" s="110"/>
+      <c r="N42" s="111"/>
+      <c r="O42" s="89"/>
+      <c r="P42" s="110"/>
+      <c r="Q42" s="89"/>
+      <c r="R42" s="89"/>
+      <c r="S42" s="109"/>
+      <c r="T42" s="195" t="s">
+        <v>132</v>
+      </c>
+      <c r="U42" s="195" t="s">
+        <v>25</v>
+      </c>
+      <c r="V42" s="196"/>
+      <c r="W42" s="197"/>
+      <c r="X42" s="174">
+        <v>309</v>
+      </c>
+      <c r="Y42" s="174"/>
+      <c r="Z42" s="110"/>
+      <c r="AA42" s="110"/>
+      <c r="AB42" s="89"/>
+      <c r="AC42" s="89"/>
+      <c r="AD42" s="110"/>
+      <c r="AE42" s="89"/>
+      <c r="AF42" s="89"/>
+      <c r="AG42" s="89"/>
+      <c r="AH42" s="109"/>
+      <c r="AI42" s="110" t="s">
+        <v>111</v>
+      </c>
+      <c r="AJ42" s="110" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK42" s="89" t="s">
+        <v>121</v>
+      </c>
+      <c r="AL42" s="89" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM42" s="89" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN42" s="89" t="s">
+        <v>118</v>
+      </c>
+      <c r="AO42" s="89" t="s">
         <v>120</v>
       </c>
-      <c r="D42" s="133" t="s">
+      <c r="AP42" s="89"/>
+      <c r="AQ42" s="109"/>
+      <c r="AR42" s="110" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS42" s="89" t="s">
+        <v>122</v>
+      </c>
+      <c r="AT42" s="89" t="s">
+        <v>111</v>
+      </c>
+      <c r="AU42" s="110" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV42" s="89" t="s">
+        <v>120</v>
+      </c>
+      <c r="AW42" s="89" t="s">
         <v>121</v>
       </c>
-      <c r="E42" s="96" t="s">
+      <c r="AX42" s="89" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="43" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="124" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="24"/>
+      <c r="D43" s="105"/>
+      <c r="E43" s="24"/>
+      <c r="F43" s="94" t="s">
+        <v>115</v>
+      </c>
+      <c r="G43" s="89" t="s">
+        <v>91</v>
+      </c>
+      <c r="H43" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="I43" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="J43" s="95"/>
+      <c r="K43" s="122" t="s">
+        <v>126</v>
+      </c>
+      <c r="L43" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M43" s="71" t="s">
         <v>122</v>
       </c>
-      <c r="F42" s="133" t="s">
+      <c r="N43" s="89" t="s">
         <v>117</v>
       </c>
-      <c r="G42" s="96" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="96" t="s">
+      <c r="O43" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P43" s="71" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q43" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="R43" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="S43" s="95"/>
+      <c r="T43" s="191" t="s">
+        <v>100</v>
+      </c>
+      <c r="U43" s="192" t="s">
+        <v>26</v>
+      </c>
+      <c r="V43" s="193"/>
+      <c r="W43" s="194"/>
+      <c r="X43" s="174">
+        <v>318</v>
+      </c>
+      <c r="Y43" s="174"/>
+      <c r="Z43" s="71" t="s">
+        <v>113</v>
+      </c>
+      <c r="AA43" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB43" s="89" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC43" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD43" s="71" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE43" s="89" t="s">
+        <v>114</v>
+      </c>
+      <c r="AF43" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="AG43" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="AH43" s="48"/>
+      <c r="AI43" s="71" t="s">
         <v>119</v>
       </c>
-      <c r="I42" s="96"/>
-[...10 lines deleted...]
-      <c r="T42" s="83" t="s">
+      <c r="AJ43" s="71" t="s">
         <v>109</v>
       </c>
-      <c r="U42" s="45" t="s">
-[...4 lines deleted...]
-      <c r="X42" s="50">
+      <c r="AK43" s="16"/>
+      <c r="AL43" s="89"/>
+      <c r="AM43" s="89" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN43" s="89"/>
+      <c r="AO43" s="89" t="s">
+        <v>126</v>
+      </c>
+      <c r="AP43" s="89" t="s">
+        <v>150</v>
+      </c>
+      <c r="AQ43" s="109"/>
+      <c r="AR43" s="114" t="s">
+        <v>120</v>
+      </c>
+      <c r="AS43" s="119"/>
+      <c r="AT43" s="89"/>
+      <c r="AU43" s="110"/>
+      <c r="AV43" s="89"/>
+      <c r="AW43" s="119"/>
+      <c r="AX43" s="89"/>
+    </row>
+    <row r="44" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="121" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D44" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="E44" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F44" s="14"/>
+      <c r="G44" s="28" t="s">
+        <v>122</v>
+      </c>
+      <c r="H44" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="I44" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="J44" s="33"/>
+      <c r="K44" s="121" t="s">
+        <v>114</v>
+      </c>
+      <c r="L44" s="14" t="s">
         <v>121</v>
       </c>
-      <c r="Y42" s="50"/>
-[...18 lines deleted...]
-      <c r="AF42" s="18" t="s">
+      <c r="M44" s="19"/>
+      <c r="N44" s="16"/>
+      <c r="O44" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P44" s="28"/>
+      <c r="Q44" s="14"/>
+      <c r="R44" s="14"/>
+      <c r="S44" s="33"/>
+      <c r="T44" s="167" t="s">
+        <v>70</v>
+      </c>
+      <c r="U44" s="72" t="s">
+        <v>27</v>
+      </c>
+      <c r="V44" s="73"/>
+      <c r="W44" s="74"/>
+      <c r="X44" s="75">
+        <v>201</v>
+      </c>
+      <c r="Y44" s="75" t="s">
+        <v>105</v>
+      </c>
+      <c r="Z44" s="32"/>
+      <c r="AA44" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="AB44" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC44" s="19" t="s">
         <v>126</v>
       </c>
-      <c r="AG42" s="18" t="s">
-[...4 lines deleted...]
-      <c r="AJ42" s="18" t="s">
+      <c r="AD44" s="14" t="s">
         <v>126</v>
       </c>
-      <c r="AK42" s="18" t="s">
-[...22 lines deleted...]
-      <c r="AX42" s="18"/>
+      <c r="AE44" s="16"/>
+      <c r="AF44" s="14"/>
+      <c r="AG44" s="14"/>
+      <c r="AH44" s="33"/>
+      <c r="AI44" s="32"/>
+      <c r="AJ44" s="14"/>
+      <c r="AK44" s="14"/>
+      <c r="AL44" s="28"/>
+      <c r="AM44" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN44" s="28" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO44" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP44" s="14"/>
+      <c r="AQ44" s="33"/>
+      <c r="AR44" s="16"/>
+      <c r="AS44" s="16"/>
+      <c r="AT44" s="16"/>
+      <c r="AU44" s="16"/>
+      <c r="AV44" s="16"/>
+      <c r="AW44" s="16"/>
+      <c r="AX44" s="16"/>
     </row>
-    <row r="43" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C43" s="15" t="s">
+    <row r="45" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="122"/>
+      <c r="C45" s="190"/>
+      <c r="D45" s="17"/>
+      <c r="E45" s="17"/>
+      <c r="F45" s="10"/>
+      <c r="G45" s="71"/>
+      <c r="H45" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="I45" s="16"/>
+      <c r="J45" s="48"/>
+      <c r="K45" s="21" t="s">
+        <v>121</v>
+      </c>
+      <c r="L45" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M45" s="17" t="s">
         <v>117</v>
       </c>
-      <c r="D43" s="26"/>
-[...35 lines deleted...]
-      <c r="Z43" s="78" t="s">
+      <c r="N45" s="10"/>
+      <c r="O45" s="16"/>
+      <c r="P45" s="71" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q45" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="R45" s="16"/>
+      <c r="S45" s="48"/>
+      <c r="T45" s="72" t="s">
+        <v>77</v>
+      </c>
+      <c r="U45" s="166" t="s">
+        <v>78</v>
+      </c>
+      <c r="V45" s="73"/>
+      <c r="W45" s="74"/>
+      <c r="X45" s="75">
+        <v>322</v>
+      </c>
+      <c r="Y45" s="75"/>
+      <c r="Z45" s="47"/>
+      <c r="AA45" s="17"/>
+      <c r="AB45" s="17"/>
+      <c r="AC45" s="17"/>
+      <c r="AD45" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE45" s="16"/>
+      <c r="AF45" s="16"/>
+      <c r="AG45" s="16"/>
+      <c r="AH45" s="48"/>
+      <c r="AI45" s="47"/>
+      <c r="AJ45" s="16"/>
+      <c r="AK45" s="16"/>
+      <c r="AL45" s="71"/>
+      <c r="AM45" s="16"/>
+      <c r="AN45" s="71"/>
+      <c r="AO45" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="AP45" s="16"/>
+      <c r="AQ45" s="48"/>
+      <c r="AR45" s="71"/>
+      <c r="AS45" s="16"/>
+      <c r="AT45" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="AU45" s="16"/>
+      <c r="AV45" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AW45" s="16"/>
+      <c r="AX45" s="10" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="46" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="126"/>
+      <c r="C46" s="89"/>
+      <c r="D46" s="111"/>
+      <c r="E46" s="89"/>
+      <c r="F46" s="110"/>
+      <c r="G46" s="89"/>
+      <c r="H46" s="89"/>
+      <c r="I46" s="89"/>
+      <c r="J46" s="109"/>
+      <c r="K46" s="110" t="s">
         <v>127</v>
       </c>
-      <c r="AA43" s="20" t="s">
+      <c r="L46" s="89" t="s">
+        <v>127</v>
+      </c>
+      <c r="M46" s="18"/>
+      <c r="N46" s="111" t="s">
+        <v>122</v>
+      </c>
+      <c r="O46" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P46" s="27" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q46" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="R46" s="89"/>
+      <c r="S46" s="109"/>
+      <c r="T46" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="U46" s="62" t="s">
+        <v>28</v>
+      </c>
+      <c r="V46" s="79"/>
+      <c r="W46" s="80"/>
+      <c r="X46" s="52">
+        <v>101</v>
+      </c>
+      <c r="Y46" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z46" s="114"/>
+      <c r="AA46" s="89" t="s">
+        <v>114</v>
+      </c>
+      <c r="AB46" s="89" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC46" s="89" t="s">
+        <v>126</v>
+      </c>
+      <c r="AD46" s="89" t="s">
+        <v>126</v>
+      </c>
+      <c r="AE46" s="89" t="s">
         <v>120</v>
       </c>
-      <c r="AB43" s="78" t="s">
-[...23 lines deleted...]
-      <c r="AR43" s="78" t="s">
+      <c r="AF46" s="89" t="s">
+        <v>118</v>
+      </c>
+      <c r="AG46" s="89"/>
+      <c r="AH46" s="109"/>
+      <c r="AI46" s="114"/>
+      <c r="AJ46" s="110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK46" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="AL46" s="89"/>
+      <c r="AM46" s="89" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN46" s="89" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO46" s="89" t="s">
+        <v>121</v>
+      </c>
+      <c r="AP46" s="89"/>
+      <c r="AQ46" s="109"/>
+      <c r="AR46" s="110" t="s">
+        <v>113</v>
+      </c>
+      <c r="AS46" s="89" t="s">
         <v>117</v>
       </c>
-      <c r="AS43" s="20" t="s">
-[...202 lines deleted...]
-      <c r="E46" s="29" t="s">
+      <c r="AT46" s="89" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU46" s="89"/>
+      <c r="AV46" s="110" t="s">
         <v>97</v>
       </c>
-      <c r="F46" s="101"/>
-[...100 lines deleted...]
-        <v>158</v>
+      <c r="AW46" s="110" t="s">
+        <v>91</v>
+      </c>
+      <c r="AX46" s="15" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="47" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B47" s="134"/>
-[...6 lines deleted...]
-      <c r="G47" s="34" t="s">
+      <c r="B47" s="122" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" s="17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E47" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="F47" s="125" t="s">
+        <v>119</v>
+      </c>
+      <c r="G47" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="H47" s="71" t="s">
+        <v>112</v>
+      </c>
+      <c r="I47" s="16"/>
+      <c r="J47" s="48"/>
+      <c r="K47" s="71" t="s">
+        <v>126</v>
+      </c>
+      <c r="L47" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M47" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="N47" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="O47" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P47" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q47" s="131"/>
+      <c r="R47" s="16"/>
+      <c r="S47" s="17"/>
+      <c r="T47" s="72" t="s">
+        <v>71</v>
+      </c>
+      <c r="U47" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="V47" s="73"/>
+      <c r="W47" s="74"/>
+      <c r="X47" s="75">
+        <v>123</v>
+      </c>
+      <c r="Y47" s="75"/>
+      <c r="Z47" s="94"/>
+      <c r="AA47" s="14"/>
+      <c r="AB47" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="AC47" s="131" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD47" s="12"/>
+      <c r="AE47" s="10"/>
+      <c r="AF47" s="12"/>
+      <c r="AG47" s="24"/>
+      <c r="AH47" s="95"/>
+      <c r="AI47" s="185" t="s">
         <v>118</v>
       </c>
-      <c r="H47" s="15" t="s">
-[...81 lines deleted...]
-      </c>
+      <c r="AJ47" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK47" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL47" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="AM47" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN47" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO47" s="94"/>
+      <c r="AP47" s="24"/>
+      <c r="AQ47" s="95"/>
+      <c r="AR47" s="131"/>
+      <c r="AS47" s="154"/>
+      <c r="AT47" s="14"/>
+      <c r="AU47" s="14"/>
+      <c r="AV47" s="71"/>
+      <c r="AW47" s="14"/>
+      <c r="AX47" s="16"/>
     </row>
     <row r="48" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B48" s="135"/>
-[...5 lines deleted...]
-      <c r="H48" s="20" t="s">
+      <c r="B48" s="36"/>
+      <c r="C48" s="17"/>
+      <c r="D48" s="16"/>
+      <c r="E48" s="16"/>
+      <c r="F48" s="125" t="s">
+        <v>119</v>
+      </c>
+      <c r="G48" s="12"/>
+      <c r="H48" s="71"/>
+      <c r="I48" s="10"/>
+      <c r="J48" s="48"/>
+      <c r="K48" s="71"/>
+      <c r="L48" s="16"/>
+      <c r="M48" s="16"/>
+      <c r="N48" s="16"/>
+      <c r="O48" s="16"/>
+      <c r="P48" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q48" s="16"/>
+      <c r="R48" s="16"/>
+      <c r="S48" s="17"/>
+      <c r="T48" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="U48" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="V48" s="73"/>
+      <c r="W48" s="74"/>
+      <c r="X48" s="75">
+        <v>118</v>
+      </c>
+      <c r="Y48" s="75" t="s">
+        <v>76</v>
+      </c>
+      <c r="Z48" s="36"/>
+      <c r="AA48" s="10"/>
+      <c r="AB48" s="10" t="s">
+        <v>111</v>
+      </c>
+      <c r="AC48" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD48" s="10"/>
+      <c r="AE48" s="10"/>
+      <c r="AF48" s="10"/>
+      <c r="AG48" s="10"/>
+      <c r="AH48" s="37"/>
+      <c r="AI48" s="151"/>
+      <c r="AJ48" s="16"/>
+      <c r="AK48" s="16"/>
+      <c r="AL48" s="10"/>
+      <c r="AM48" s="10"/>
+      <c r="AN48" s="10"/>
+      <c r="AO48" s="10"/>
+      <c r="AP48" s="10"/>
+      <c r="AQ48" s="37"/>
+      <c r="AR48" s="153"/>
+      <c r="AS48" s="91"/>
+      <c r="AT48" s="71"/>
+      <c r="AV48" s="134"/>
+      <c r="AW48" s="16"/>
+      <c r="AX48" s="16"/>
+    </row>
+    <row r="49" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="36"/>
+      <c r="C49" s="16"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="16"/>
+      <c r="F49" s="22"/>
+      <c r="G49" s="10"/>
+      <c r="H49" s="26"/>
+      <c r="J49" s="37"/>
+      <c r="K49" s="71"/>
+      <c r="L49" s="16"/>
+      <c r="M49" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="N49" s="16" t="s">
         <v>117</v>
       </c>
-      <c r="I48" s="20"/>
-[...3 lines deleted...]
-      <c r="M48" s="21" t="s">
+      <c r="O49" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P49" s="16"/>
+      <c r="Q49" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="R49" s="10"/>
+      <c r="S49" s="11"/>
+      <c r="T49" s="49"/>
+      <c r="U49" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="V49" s="87"/>
+      <c r="W49" s="88"/>
+      <c r="X49" s="39">
+        <v>218</v>
+      </c>
+      <c r="Y49" s="39"/>
+      <c r="Z49" s="36" t="s">
+        <v>113</v>
+      </c>
+      <c r="AA49" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB49" s="190"/>
+      <c r="AC49" s="16"/>
+      <c r="AD49" s="10"/>
+      <c r="AE49" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="AF49" s="10" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG49" s="16"/>
+      <c r="AH49" s="48"/>
+      <c r="AI49" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="AJ49" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK49" s="16"/>
+      <c r="AL49" s="16"/>
+      <c r="AM49" s="16"/>
+      <c r="AN49" s="16"/>
+      <c r="AO49" s="16"/>
+      <c r="AP49" s="16"/>
+      <c r="AQ49" s="48"/>
+      <c r="AR49" s="151" t="s">
+        <v>120</v>
+      </c>
+      <c r="AS49" s="134"/>
+      <c r="AT49" s="26"/>
+      <c r="AU49" s="26"/>
+      <c r="AV49" s="12"/>
+      <c r="AW49" s="16"/>
+      <c r="AX49" s="10"/>
+    </row>
+    <row r="50" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="128" t="s">
+        <v>121</v>
+      </c>
+      <c r="C50" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="F50" s="23"/>
+      <c r="G50" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H50" s="27" t="s">
+        <v>112</v>
+      </c>
+      <c r="I50" s="15"/>
+      <c r="J50" s="96"/>
+      <c r="K50" s="97"/>
+      <c r="L50" s="15"/>
+      <c r="M50" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N50" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="O50" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P50" s="15"/>
+      <c r="Q50" s="15"/>
+      <c r="R50" s="15"/>
+      <c r="S50" s="96"/>
+      <c r="T50" s="162" t="s">
+        <v>38</v>
+      </c>
+      <c r="U50" s="76" t="s">
+        <v>30</v>
+      </c>
+      <c r="V50" s="77"/>
+      <c r="W50" s="78"/>
+      <c r="X50" s="43">
+        <v>118</v>
+      </c>
+      <c r="Y50" s="102"/>
+      <c r="Z50" s="97"/>
+      <c r="AA50" s="15"/>
+      <c r="AB50" s="15"/>
+      <c r="AC50" s="15"/>
+      <c r="AD50" s="15"/>
+      <c r="AE50" s="10"/>
+      <c r="AF50" s="15"/>
+      <c r="AG50" s="15"/>
+      <c r="AH50" s="96"/>
+      <c r="AI50" s="97" t="s">
+        <v>118</v>
+      </c>
+      <c r="AJ50" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK50" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL50" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AM50" s="15"/>
+      <c r="AN50" s="15"/>
+      <c r="AO50" s="27"/>
+      <c r="AP50" s="15"/>
+      <c r="AQ50" s="96"/>
+      <c r="AR50" s="152"/>
+      <c r="AS50" s="119"/>
+      <c r="AT50" s="110"/>
+      <c r="AU50" s="110"/>
+      <c r="AV50" s="15"/>
+      <c r="AW50" s="15"/>
+      <c r="AX50" s="15"/>
+    </row>
+    <row r="51" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B51" s="122"/>
+      <c r="C51" s="16"/>
+      <c r="D51" s="131" t="s">
+        <v>133</v>
+      </c>
+      <c r="E51" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F51" s="14"/>
+      <c r="G51" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="H51" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="I51" s="16"/>
+      <c r="J51" s="48"/>
+      <c r="K51" s="16"/>
+      <c r="L51" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M51" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N51" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="O51" s="16"/>
+      <c r="P51" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q51" s="16" t="s">
         <v>127</v>
       </c>
-      <c r="N48" s="11" t="s">
+      <c r="R51" s="16" t="s">
+        <v>127</v>
+      </c>
+      <c r="S51" s="17"/>
+      <c r="T51" s="90" t="s">
+        <v>31</v>
+      </c>
+      <c r="U51" s="55" t="s">
+        <v>85</v>
+      </c>
+      <c r="V51" s="66"/>
+      <c r="W51" s="67"/>
+      <c r="X51" s="35"/>
+      <c r="Y51" s="75" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z51" s="71"/>
+      <c r="AA51" s="16"/>
+      <c r="AB51" s="16"/>
+      <c r="AC51" s="16"/>
+      <c r="AD51" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE51" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="AF51" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG51" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH51" s="48"/>
+      <c r="AI51" s="47" t="s">
+        <v>127</v>
+      </c>
+      <c r="AJ51" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AK51" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="AL51" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="O48" s="20" t="s">
-[...44 lines deleted...]
-      <c r="AN48" s="78" t="s">
+      <c r="AM51" s="16" t="s">
         <v>126</v>
       </c>
-      <c r="AO48" s="20" t="s">
+      <c r="AN51" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO51" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP51" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AQ51" s="48"/>
+      <c r="AR51" s="103"/>
+      <c r="AS51" s="104"/>
+      <c r="AT51" s="104"/>
+      <c r="AU51" s="104" t="s">
         <v>122</v>
       </c>
-      <c r="AP48" s="20"/>
-[...261 lines deleted...]
-      <c r="AX51" s="20"/>
+      <c r="AV51" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AW51" s="16"/>
+      <c r="AX51" s="16"/>
     </row>
     <row r="52" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B52" s="35"/>
-[...39 lines deleted...]
-      <c r="AA52" s="11" t="s">
+      <c r="B52" s="122"/>
+      <c r="C52" s="16"/>
+      <c r="D52" s="91" t="s">
+        <v>119</v>
+      </c>
+      <c r="E52" s="17" t="s">
         <v>118</v>
       </c>
-      <c r="AB52" s="11"/>
-[...2 lines deleted...]
-      <c r="AE52" s="11" t="s">
+      <c r="F52" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="G52" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H52" s="71"/>
+      <c r="I52" s="16"/>
+      <c r="J52" s="48"/>
+      <c r="K52" s="71"/>
+      <c r="L52" s="16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M52" s="17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N52" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="O52" s="24" t="s">
+        <v>91</v>
+      </c>
+      <c r="P52" s="16" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q52" s="16" t="s">
+        <v>135</v>
+      </c>
+      <c r="R52" s="16"/>
+      <c r="S52" s="11"/>
+      <c r="T52" s="59" t="s">
+        <v>32</v>
+      </c>
+      <c r="U52" s="59" t="s">
+        <v>85</v>
+      </c>
+      <c r="V52" s="144"/>
+      <c r="W52" s="145"/>
+      <c r="X52" s="75"/>
+      <c r="Y52" s="75"/>
+      <c r="Z52" s="71"/>
+      <c r="AA52" s="16"/>
+      <c r="AB52" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC52" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD52" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE52" s="16" t="s">
         <v>119</v>
       </c>
-      <c r="AF52" s="11" t="s">
+      <c r="AF52" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AG52" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH52" s="48"/>
+      <c r="AI52" s="47"/>
+      <c r="AJ52" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="AG52" s="20"/>
-[...22 lines deleted...]
-      <c r="AX52" s="11"/>
+      <c r="AK52" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="AL52" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="AM52" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="AN52" s="16"/>
+      <c r="AO52" s="16"/>
+      <c r="AP52" s="16"/>
+      <c r="AQ52" s="48"/>
+      <c r="AR52" s="103"/>
+      <c r="AS52" s="104"/>
+      <c r="AT52" s="104"/>
+      <c r="AU52" s="104"/>
+      <c r="AV52" s="16"/>
+      <c r="AW52" s="16"/>
+      <c r="AX52" s="16"/>
     </row>
     <row r="53" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="25" t="s">
-[...5 lines deleted...]
-      <c r="D53" s="22"/>
+      <c r="B53" s="128"/>
+      <c r="C53" s="15"/>
+      <c r="D53" s="18" t="s">
+        <v>117</v>
+      </c>
       <c r="E53" s="18" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="F53" s="28" t="s">
+        <v>134</v>
+      </c>
+      <c r="F53" s="15"/>
+      <c r="G53" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H53" s="27" t="s">
+        <v>126</v>
+      </c>
+      <c r="I53" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="J53" s="96"/>
+      <c r="K53" s="27"/>
+      <c r="L53" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="M53" s="18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N53" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="O53" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P53" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q53" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="R53" s="15"/>
+      <c r="S53" s="18"/>
+      <c r="T53" s="99" t="s">
+        <v>67</v>
+      </c>
+      <c r="U53" s="99" t="s">
+        <v>85</v>
+      </c>
+      <c r="V53" s="100"/>
+      <c r="W53" s="101"/>
+      <c r="X53" s="102"/>
+      <c r="Y53" s="102"/>
+      <c r="Z53" s="27"/>
+      <c r="AA53" s="15"/>
+      <c r="AB53" s="135"/>
+      <c r="AC53" s="135"/>
+      <c r="AD53" s="169" t="s">
         <v>122</v>
       </c>
-      <c r="G53" s="18"/>
-[...35 lines deleted...]
-      <c r="AE53" s="11" t="s">
+      <c r="AE53" s="135" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF53" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="AG53" s="15"/>
+      <c r="AH53" s="96"/>
+      <c r="AI53" s="97"/>
+      <c r="AJ53" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="AF53" s="18" t="s">
-[...19 lines deleted...]
-      <c r="AX53" s="18"/>
+      <c r="AK53" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="AL53" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="AM53" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AN53" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO53" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP53" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="AQ53" s="96"/>
+      <c r="AR53" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS53" s="15"/>
+      <c r="AT53" s="15"/>
+      <c r="AU53" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AV53" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="AW53" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="AX53" s="15"/>
     </row>
-    <row r="54" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-[...98 lines deleted...]
-      <c r="AX54" s="20"/>
+    <row r="54" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="129"/>
+      <c r="C54" s="116"/>
+      <c r="D54" s="127"/>
+      <c r="E54" s="127"/>
+      <c r="F54" s="116"/>
+      <c r="G54" s="116"/>
+      <c r="H54" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="I54" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="J54" s="117"/>
+      <c r="K54" s="118"/>
+      <c r="L54" s="116"/>
+      <c r="M54" s="116"/>
+      <c r="N54" s="116"/>
+      <c r="O54" s="116"/>
+      <c r="P54" s="116"/>
+      <c r="Q54" s="116"/>
+      <c r="R54" s="116"/>
+      <c r="S54" s="117"/>
+      <c r="T54" s="175" t="s">
+        <v>55</v>
+      </c>
+      <c r="U54" s="175" t="s">
+        <v>49</v>
+      </c>
+      <c r="V54" s="176"/>
+      <c r="W54" s="177"/>
+      <c r="X54" s="178">
+        <v>117</v>
+      </c>
+      <c r="Y54" s="178"/>
+      <c r="Z54" s="179"/>
+      <c r="AA54" s="116"/>
+      <c r="AB54" s="116"/>
+      <c r="AC54" s="116"/>
+      <c r="AD54" s="116"/>
+      <c r="AE54" s="116"/>
+      <c r="AF54" s="116"/>
+      <c r="AG54" s="116"/>
+      <c r="AH54" s="117"/>
+      <c r="AI54" s="179"/>
+      <c r="AJ54" s="116"/>
+      <c r="AK54" s="180"/>
+      <c r="AL54" s="116"/>
+      <c r="AM54" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN54" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO54" s="116"/>
+      <c r="AP54" s="116"/>
+      <c r="AQ54" s="117"/>
+      <c r="AR54" s="118"/>
+      <c r="AS54" s="116"/>
+      <c r="AT54" s="116"/>
+      <c r="AU54" s="116"/>
+      <c r="AV54" s="116"/>
+      <c r="AW54" s="116"/>
+      <c r="AX54" s="116"/>
     </row>
     <row r="55" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B55" s="135"/>
-[...35 lines deleted...]
-      <c r="T55" s="66" t="s">
+      <c r="B55" s="121"/>
+      <c r="C55" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="F55" s="25"/>
+      <c r="G55" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="H55" s="28" t="s">
+        <v>126</v>
+      </c>
+      <c r="I55" s="14"/>
+      <c r="J55" s="33"/>
+      <c r="K55" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="L55" s="14"/>
+      <c r="M55" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N55" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="O55" s="14"/>
+      <c r="P55" s="14"/>
+      <c r="Q55" s="14"/>
+      <c r="R55" s="14"/>
+      <c r="S55" s="19"/>
+      <c r="T55" s="164" t="s">
         <v>34</v>
       </c>
-      <c r="U55" s="66" t="s">
-[...52 lines deleted...]
-      <c r="AX55" s="20"/>
+      <c r="U55" s="181" t="s">
+        <v>35</v>
+      </c>
+      <c r="V55" s="182"/>
+      <c r="W55" s="183"/>
+      <c r="X55" s="132">
+        <v>221</v>
+      </c>
+      <c r="Y55" s="132"/>
+      <c r="Z55" s="32" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA55" s="14"/>
+      <c r="AB55" s="14" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC55" s="14"/>
+      <c r="AD55" s="14"/>
+      <c r="AE55" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF55" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="AG55" s="14"/>
+      <c r="AH55" s="33"/>
+      <c r="AI55" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="AJ55" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK55" s="190"/>
+      <c r="AL55" s="14"/>
+      <c r="AM55" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AN55" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="AO55" s="14"/>
+      <c r="AP55" s="14"/>
+      <c r="AQ55" s="33"/>
+      <c r="AR55" s="28"/>
+      <c r="AS55" s="14"/>
+      <c r="AT55" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU55" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="AV55" s="14"/>
+      <c r="AW55" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="AX55" s="14"/>
     </row>
-    <row r="56" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...93 lines deleted...]
-      <c r="AU56" s="18" t="s">
+    <row r="56" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B56" s="122"/>
+      <c r="C56" s="16"/>
+      <c r="D56" s="17"/>
+      <c r="E56" s="91"/>
+      <c r="F56" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="G56" s="16"/>
+      <c r="H56" s="71"/>
+      <c r="I56" s="16"/>
+      <c r="J56" s="48"/>
+      <c r="K56" s="71"/>
+      <c r="L56" s="16"/>
+      <c r="M56" s="16"/>
+      <c r="N56" s="16"/>
+      <c r="O56" s="16"/>
+      <c r="P56" s="16"/>
+      <c r="Q56" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="R56" s="16"/>
+      <c r="S56" s="17"/>
+      <c r="T56" s="165"/>
+      <c r="U56" s="168" t="s">
+        <v>24</v>
+      </c>
+      <c r="V56" s="92"/>
+      <c r="W56" s="93"/>
+      <c r="X56" s="75">
+        <v>321</v>
+      </c>
+      <c r="Y56" s="75" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z56" s="47"/>
+      <c r="AA56" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB56" s="16"/>
+      <c r="AC56" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD56" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE56" s="16"/>
+      <c r="AF56" s="16"/>
+      <c r="AG56" s="16"/>
+      <c r="AH56" s="48"/>
+      <c r="AI56" s="16"/>
+      <c r="AJ56" s="16"/>
+      <c r="AK56" s="16"/>
+      <c r="AL56" s="16"/>
+      <c r="AM56" s="16"/>
+      <c r="AN56" s="16"/>
+      <c r="AO56" s="16"/>
+      <c r="AP56" s="16"/>
+      <c r="AQ56" s="48"/>
+      <c r="AR56" s="47"/>
+      <c r="AS56" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT56" s="16"/>
+      <c r="AU56" s="16"/>
+      <c r="AV56" s="91"/>
+      <c r="AW56" s="16"/>
+      <c r="AX56" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="AV56" s="18" t="s">
-[...5 lines deleted...]
-      <c r="AX56" s="18"/>
     </row>
     <row r="57" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="143"/>
-[...61 lines deleted...]
-      <c r="AX57" s="129" t="s">
+      <c r="B57" s="126" t="s">
+        <v>93</v>
+      </c>
+      <c r="C57" s="111"/>
+      <c r="D57" s="111"/>
+      <c r="E57" s="184"/>
+      <c r="F57" s="15"/>
+      <c r="G57" s="89"/>
+      <c r="H57" s="110"/>
+      <c r="I57" s="89"/>
+      <c r="J57" s="109"/>
+      <c r="K57" s="110"/>
+      <c r="L57" s="89" t="s">
         <v>115</v>
       </c>
+      <c r="M57" s="89"/>
+      <c r="N57" s="89"/>
+      <c r="O57" s="89"/>
+      <c r="P57" s="89"/>
+      <c r="Q57" s="89"/>
+      <c r="R57" s="89" t="s">
+        <v>91</v>
+      </c>
+      <c r="S57" s="111"/>
+      <c r="T57" s="170"/>
+      <c r="U57" s="171" t="s">
+        <v>86</v>
+      </c>
+      <c r="V57" s="172"/>
+      <c r="W57" s="173"/>
+      <c r="X57" s="174">
+        <v>321</v>
+      </c>
+      <c r="Y57" s="174"/>
+      <c r="Z57" s="110"/>
+      <c r="AA57" s="89"/>
+      <c r="AB57" s="89"/>
+      <c r="AC57" s="15"/>
+      <c r="AD57" s="89"/>
+      <c r="AE57" s="89"/>
+      <c r="AF57" s="89"/>
+      <c r="AG57" s="89"/>
+      <c r="AH57" s="109"/>
+      <c r="AI57" s="110"/>
+      <c r="AJ57" s="89"/>
+      <c r="AK57" s="89"/>
+      <c r="AL57" s="15"/>
+      <c r="AM57" s="89"/>
+      <c r="AN57" s="89"/>
+      <c r="AO57" s="89" t="s">
+        <v>115</v>
+      </c>
+      <c r="AP57" s="89"/>
+      <c r="AQ57" s="109"/>
+      <c r="AR57" s="110" t="s">
+        <v>91</v>
+      </c>
+      <c r="AS57" s="89"/>
+      <c r="AT57" s="89"/>
+      <c r="AU57" s="89"/>
+      <c r="AV57" s="119" t="s">
+        <v>115</v>
+      </c>
+      <c r="AW57" s="89"/>
+      <c r="AX57" s="89"/>
     </row>
-    <row r="58" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...92 lines deleted...]
-      <c r="AX58" s="15"/>
+    <row r="58" spans="2:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="20"/>
+      <c r="C58" s="20"/>
+      <c r="D58" s="20"/>
+      <c r="E58" s="20"/>
+      <c r="F58" s="20"/>
+      <c r="G58" s="20"/>
+      <c r="H58" s="20"/>
+      <c r="I58" s="20"/>
+      <c r="J58" s="20"/>
+      <c r="K58" s="20"/>
+      <c r="L58" s="20"/>
+      <c r="M58" s="20"/>
+      <c r="N58" s="20"/>
+      <c r="O58" s="20"/>
+      <c r="P58" s="20"/>
+      <c r="Q58" s="20"/>
+      <c r="R58" s="20"/>
+      <c r="T58" s="1"/>
     </row>
-    <row r="59" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...158 lines deleted...]
-      <c r="T64" s="2"/>
+    <row r="59" spans="2:50" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" spans="2:50" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="2:50" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="T61" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="AR4:AX4"/>
     <mergeCell ref="G1:U1"/>
     <mergeCell ref="M2:U2"/>
     <mergeCell ref="Y2:AE2"/>
     <mergeCell ref="X4:X5"/>
     <mergeCell ref="Y4:Y5"/>
     <mergeCell ref="Z4:AH4"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="K4:R4"/>
     <mergeCell ref="T4:T5"/>
     <mergeCell ref="U4:U5"/>
     <mergeCell ref="AI4:AQ4"/>
     <mergeCell ref="AN1:AV2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="8" scale="51" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="36" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="22" max="78" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>