--- v1 (2025-11-03)
+++ v2 (2026-02-16)
@@ -5,66 +5,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20377"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Pav\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B9D979B-5930-486B-94ED-BC9478D66110}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0C02D22E-9A97-494A-AF18-194FA6B3FA84}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28380" windowHeight="8085" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2022-09-01" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2022-09-01'!$A$1:$AX$58</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="988" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="155">
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Dėstomas
  dalykas</t>
   </si>
   <si>
     <t>Kab.
  Nr.</t>
   </si>
   <si>
     <t>Aukl. kl.</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
@@ -335,53 +335,50 @@
     <t>IVm'</t>
   </si>
   <si>
     <t>IVAm</t>
   </si>
   <si>
     <t>IV*</t>
   </si>
   <si>
     <t>Balickienė Idilija</t>
   </si>
   <si>
     <t>Paknienė Edita</t>
   </si>
   <si>
     <t>Simanavičius Vytautas</t>
   </si>
   <si>
     <t>IIIf</t>
   </si>
   <si>
     <t>IIIė</t>
   </si>
   <si>
     <t>Bazilevičienė Giedrė</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">    2025-2026 m.m. I pusm. pamokų tvarkaraštis </t>
   </si>
   <si>
     <t>Iė</t>
   </si>
   <si>
     <t>III'</t>
   </si>
   <si>
     <t>IIIB</t>
   </si>
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>llb</t>
   </si>
   <si>
     <t>lllA</t>
   </si>
   <si>
     <t>lla</t>
   </si>
   <si>
     <t>llė</t>
   </si>
@@ -495,53 +492,59 @@
   <si>
     <t>lllBm</t>
   </si>
   <si>
     <t>lcm</t>
   </si>
   <si>
     <t>ldm</t>
   </si>
   <si>
     <t>lllts</t>
   </si>
   <si>
     <t>llbm</t>
   </si>
   <si>
     <t>lll'm</t>
   </si>
   <si>
     <t>lėm</t>
   </si>
   <si>
     <t>llfm</t>
   </si>
   <si>
+    <t>lId</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    2025-2026 m.m. II pusm. pamokų tvarkaraštis </t>
+  </si>
+  <si>
     <t>PATVIRTINTA                                                                                                                                  
 Jonavos Jeronimo Ralio gimnazijos
-direktoriaus 2025 m.rugsėjo 9 d.              įsakymu Nr. V1-</t>
+direktoriaus 2026 m.sausio 21 d.              įsakymu Nr. V1-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
@@ -2966,52 +2969,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BG61"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="X27" sqref="X27"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="Q1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="AN1" sqref="AN1:AV2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1" style="2" customWidth="1"/>
     <col min="2" max="6" width="6.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="8" style="1" customWidth="1"/>
     <col min="10" max="10" width="7.42578125" style="1" customWidth="1"/>
     <col min="11" max="11" width="9" style="1" customWidth="1"/>
     <col min="12" max="14" width="6.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="1" customWidth="1"/>
     <col min="16" max="16" width="7.85546875" style="1" customWidth="1"/>
     <col min="17" max="17" width="8.85546875" style="1" customWidth="1"/>
     <col min="18" max="18" width="7.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="6.7109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="37.140625" style="2" customWidth="1"/>
     <col min="21" max="21" width="29.42578125" style="2" customWidth="1"/>
     <col min="22" max="23" width="1.42578125" style="2" customWidth="1"/>
     <col min="24" max="24" width="11.42578125" style="3" customWidth="1"/>
     <col min="25" max="25" width="11.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="7.7109375" style="1" customWidth="1"/>
     <col min="27" max="30" width="6.7109375" style="1" customWidth="1"/>
     <col min="31" max="31" width="7.85546875" style="1" customWidth="1"/>
@@ -3028,65 +3031,65 @@
   </cols>
   <sheetData>
     <row r="1" spans="2:59" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="G1" s="241" t="s">
         <v>45</v>
       </c>
       <c r="H1" s="242"/>
       <c r="I1" s="242"/>
       <c r="J1" s="242"/>
       <c r="K1" s="242"/>
       <c r="L1" s="242"/>
       <c r="M1" s="242"/>
       <c r="N1" s="242"/>
       <c r="O1" s="242"/>
       <c r="P1" s="242"/>
       <c r="Q1" s="242"/>
       <c r="R1" s="242"/>
       <c r="S1" s="242"/>
       <c r="T1" s="242"/>
       <c r="U1" s="242"/>
       <c r="V1" s="1"/>
       <c r="W1" s="1"/>
       <c r="X1" s="1"/>
       <c r="Y1" s="1"/>
       <c r="AN1" s="256" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AO1" s="256"/>
       <c r="AP1" s="256"/>
       <c r="AQ1" s="256"/>
       <c r="AR1" s="256"/>
       <c r="AS1" s="256"/>
       <c r="AT1" s="256"/>
       <c r="AU1" s="256"/>
       <c r="AV1" s="256"/>
     </row>
     <row r="2" spans="2:59" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="I2" s="147"/>
       <c r="M2" s="243" t="s">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="N2" s="244"/>
       <c r="O2" s="244"/>
       <c r="P2" s="244"/>
       <c r="Q2" s="244"/>
       <c r="R2" s="244"/>
       <c r="S2" s="244"/>
       <c r="T2" s="244"/>
       <c r="U2" s="244"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="245"/>
       <c r="Z2" s="245"/>
       <c r="AA2" s="245"/>
       <c r="AB2" s="245"/>
       <c r="AC2" s="245"/>
       <c r="AD2" s="245"/>
       <c r="AE2" s="245"/>
       <c r="AN2" s="256"/>
       <c r="AO2" s="256"/>
       <c r="AP2" s="256"/>
       <c r="AQ2" s="256"/>
       <c r="AR2" s="256"/>
       <c r="AS2" s="256"/>
@@ -3298,2185 +3301,2193 @@
       </c>
       <c r="AU5" s="4">
         <v>4</v>
       </c>
       <c r="AV5" s="4">
         <v>5</v>
       </c>
       <c r="AW5" s="4">
         <v>6</v>
       </c>
       <c r="AX5" s="4">
         <v>7</v>
       </c>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="1"/>
       <c r="BA5" s="1"/>
       <c r="BB5" s="1"/>
       <c r="BC5" s="1"/>
       <c r="BD5" s="1"/>
       <c r="BE5" s="1"/>
       <c r="BF5" s="1"/>
       <c r="BG5" s="1"/>
     </row>
     <row r="6" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B6" s="36" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="16"/>
       <c r="E6" s="21" t="s">
         <v>87</v>
       </c>
       <c r="F6" s="16" t="s">
         <v>81</v>
       </c>
       <c r="G6" s="17"/>
       <c r="H6" s="14" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I6" s="16"/>
       <c r="J6" s="48"/>
       <c r="K6" s="21" t="s">
         <v>91</v>
       </c>
       <c r="L6" s="16"/>
       <c r="M6" s="21"/>
       <c r="N6" s="16"/>
       <c r="O6" s="21" t="s">
         <v>92</v>
       </c>
       <c r="P6" s="14"/>
       <c r="Q6" s="16" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="R6" s="16"/>
       <c r="S6" s="112"/>
       <c r="T6" s="159" t="s">
         <v>53</v>
       </c>
       <c r="U6" s="140" t="s">
         <v>40</v>
       </c>
       <c r="V6" s="34"/>
       <c r="W6" s="138"/>
       <c r="X6" s="8">
         <v>206</v>
       </c>
       <c r="Y6" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Z6" s="28" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AA6" s="14"/>
       <c r="AB6" s="14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AC6" s="14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AD6" s="14"/>
       <c r="AE6" s="14"/>
       <c r="AF6" s="14" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AG6" s="14"/>
       <c r="AH6" s="33"/>
       <c r="AI6" s="71"/>
       <c r="AJ6" s="14"/>
       <c r="AK6" s="189"/>
       <c r="AL6" s="14"/>
       <c r="AM6" s="14" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AN6" s="14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AO6" s="14" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AP6" s="14"/>
       <c r="AQ6" s="33"/>
       <c r="AR6" s="71" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AS6" s="14"/>
       <c r="AT6" s="17"/>
       <c r="AU6" s="14"/>
       <c r="AV6" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AW6" s="14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AX6" s="14"/>
     </row>
     <row r="7" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="36"/>
       <c r="C7" s="21" t="s">
         <v>88</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>88</v>
       </c>
       <c r="E7" s="10"/>
       <c r="F7" s="17"/>
       <c r="G7" s="134" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H7" s="10"/>
       <c r="I7" s="16"/>
       <c r="J7" s="48"/>
       <c r="K7" s="21"/>
       <c r="L7" s="16"/>
       <c r="M7" s="21"/>
       <c r="N7" s="16"/>
       <c r="O7" s="21"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="16"/>
       <c r="S7" s="112"/>
       <c r="T7" s="160"/>
       <c r="U7" s="108" t="s">
         <v>9</v>
       </c>
       <c r="V7" s="106"/>
       <c r="W7" s="146"/>
       <c r="X7" s="137"/>
       <c r="Y7" s="9"/>
       <c r="Z7" s="71"/>
       <c r="AA7" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AB7" s="16"/>
       <c r="AC7" s="21"/>
       <c r="AD7" s="16" t="s">
         <v>88</v>
       </c>
       <c r="AE7" s="16" t="s">
         <v>88</v>
       </c>
       <c r="AF7" s="16"/>
       <c r="AG7" s="16"/>
       <c r="AH7" s="48"/>
       <c r="AI7" s="71"/>
       <c r="AJ7" s="21"/>
       <c r="AK7" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AL7" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AM7" s="16"/>
       <c r="AN7" s="16"/>
       <c r="AO7" s="16"/>
       <c r="AP7" s="16"/>
       <c r="AQ7" s="48"/>
       <c r="AR7" s="71"/>
       <c r="AS7" s="21" t="s">
         <v>88</v>
       </c>
       <c r="AT7" s="134" t="s">
         <v>88</v>
       </c>
       <c r="AU7" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AV7" s="16"/>
       <c r="AW7" s="16"/>
       <c r="AX7" s="16"/>
     </row>
     <row r="8" spans="2:59" ht="22.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="36" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C8" s="21"/>
       <c r="D8" s="16"/>
       <c r="E8" s="21" t="s">
         <v>87</v>
       </c>
       <c r="F8" s="17"/>
       <c r="G8" s="157"/>
       <c r="H8" s="16" t="s">
         <v>81</v>
       </c>
       <c r="I8" s="16"/>
       <c r="J8" s="48"/>
       <c r="K8" s="21"/>
       <c r="L8" s="16"/>
       <c r="M8" s="21"/>
       <c r="N8" s="16"/>
       <c r="O8" s="22"/>
       <c r="P8" s="10"/>
       <c r="Q8" s="10"/>
       <c r="R8" s="16"/>
       <c r="S8" s="112"/>
       <c r="T8" s="161" t="s">
         <v>74</v>
       </c>
       <c r="U8" s="113" t="s">
         <v>33</v>
       </c>
       <c r="V8" s="106"/>
       <c r="W8" s="146"/>
       <c r="X8" s="137">
         <v>108</v>
       </c>
       <c r="Y8" s="9" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="Z8" s="71" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AA8" s="16"/>
       <c r="AB8" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AC8" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AD8" s="16"/>
       <c r="AE8" s="16"/>
       <c r="AF8" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AG8" s="16"/>
       <c r="AH8" s="48"/>
       <c r="AI8" s="71"/>
       <c r="AJ8" s="16"/>
       <c r="AK8" s="16"/>
       <c r="AL8" s="16"/>
       <c r="AM8" s="16"/>
       <c r="AN8" s="16"/>
       <c r="AO8" s="16"/>
       <c r="AP8" s="16"/>
       <c r="AQ8" s="48"/>
       <c r="AR8" s="71" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AS8" s="16"/>
       <c r="AT8" s="157"/>
       <c r="AU8" s="16"/>
       <c r="AV8" s="16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AW8" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AX8" s="16"/>
     </row>
     <row r="9" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="208"/>
       <c r="C9" s="209"/>
       <c r="D9" s="210"/>
       <c r="E9" s="209"/>
       <c r="F9" s="210"/>
       <c r="G9" s="211"/>
       <c r="H9" s="210"/>
       <c r="I9" s="210"/>
       <c r="J9" s="212"/>
       <c r="K9" s="209"/>
       <c r="L9" s="210"/>
       <c r="M9" s="209"/>
       <c r="N9" s="210"/>
       <c r="O9" s="210" t="s">
         <v>92</v>
       </c>
       <c r="P9" s="210"/>
       <c r="Q9" s="210" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="R9" s="210"/>
       <c r="S9" s="213"/>
       <c r="T9" s="214" t="s">
         <v>68</v>
       </c>
       <c r="U9" s="215" t="s">
         <v>33</v>
       </c>
       <c r="V9" s="216"/>
       <c r="W9" s="217"/>
       <c r="X9" s="218">
         <v>220</v>
       </c>
       <c r="Y9" s="219" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="Z9" s="220"/>
       <c r="AA9" s="210"/>
       <c r="AB9" s="210"/>
       <c r="AC9" s="210"/>
       <c r="AD9" s="210"/>
       <c r="AE9" s="210"/>
       <c r="AF9" s="210" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AG9" s="210"/>
       <c r="AH9" s="212"/>
       <c r="AI9" s="221"/>
       <c r="AJ9" s="220"/>
       <c r="AK9" s="210"/>
       <c r="AL9" s="210"/>
       <c r="AM9" s="210" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AN9" s="222" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AO9" s="210"/>
       <c r="AP9" s="210"/>
       <c r="AQ9" s="212"/>
       <c r="AR9" s="210"/>
       <c r="AS9" s="223"/>
       <c r="AT9" s="211"/>
       <c r="AU9" s="210"/>
       <c r="AV9" s="210" t="s">
         <v>91</v>
       </c>
       <c r="AW9" s="210"/>
       <c r="AX9" s="210"/>
     </row>
     <row r="10" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="221" t="s">
         <v>92</v>
       </c>
       <c r="C10" s="225"/>
       <c r="D10" s="210" t="s">
         <v>81</v>
       </c>
       <c r="E10" s="209" t="s">
         <v>81</v>
       </c>
       <c r="F10" s="210"/>
       <c r="G10" s="211"/>
       <c r="H10" s="210"/>
       <c r="I10" s="210"/>
       <c r="J10" s="212"/>
       <c r="K10" s="209"/>
       <c r="L10" s="210" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="M10" s="209" t="s">
         <v>91</v>
       </c>
       <c r="N10" s="226" t="s">
         <v>91</v>
       </c>
       <c r="O10" s="223"/>
       <c r="P10" s="210"/>
       <c r="Q10" s="210"/>
       <c r="R10" s="210"/>
       <c r="S10" s="213"/>
       <c r="T10" s="214"/>
       <c r="U10" s="215" t="s">
         <v>18</v>
       </c>
       <c r="V10" s="216"/>
       <c r="W10" s="217"/>
       <c r="X10" s="218"/>
       <c r="Y10" s="219"/>
       <c r="Z10" s="220" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AA10" s="223"/>
       <c r="AB10" s="210"/>
       <c r="AC10" s="210" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AD10" s="210"/>
       <c r="AE10" s="210" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF10" s="223"/>
       <c r="AG10" s="210"/>
       <c r="AH10" s="212"/>
       <c r="AI10" s="220" t="s">
         <v>91</v>
       </c>
       <c r="AJ10" s="220" t="s">
         <v>92</v>
       </c>
       <c r="AK10" s="210"/>
       <c r="AL10" s="210"/>
       <c r="AM10" s="210"/>
       <c r="AN10" s="225"/>
       <c r="AO10" s="210"/>
       <c r="AP10" s="210"/>
       <c r="AQ10" s="212"/>
       <c r="AR10" s="210" t="s">
         <v>92</v>
       </c>
       <c r="AS10" s="210" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AT10" s="210"/>
       <c r="AU10" s="227"/>
       <c r="AV10" s="210"/>
       <c r="AW10" s="210"/>
       <c r="AX10" s="210"/>
     </row>
     <row r="11" spans="2:59" s="224" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B11" s="221"/>
       <c r="C11" s="228" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D11" s="229"/>
       <c r="E11" s="230"/>
       <c r="F11" s="229"/>
       <c r="G11" s="229"/>
       <c r="H11" s="229"/>
       <c r="I11" s="229"/>
       <c r="J11" s="231"/>
       <c r="K11" s="228"/>
       <c r="L11" s="229"/>
       <c r="M11" s="230"/>
       <c r="N11" s="229"/>
       <c r="O11" s="229"/>
       <c r="P11" s="229" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="Q11" s="229"/>
       <c r="R11" s="229"/>
       <c r="S11" s="232"/>
       <c r="T11" s="233"/>
       <c r="U11" s="215" t="s">
         <v>51</v>
       </c>
       <c r="V11" s="216"/>
       <c r="W11" s="234"/>
       <c r="X11" s="235"/>
       <c r="Y11" s="236"/>
       <c r="Z11" s="230"/>
       <c r="AA11" s="229" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AB11" s="229"/>
       <c r="AC11" s="237"/>
       <c r="AD11" s="229"/>
       <c r="AE11" s="229"/>
       <c r="AF11" s="229"/>
       <c r="AG11" s="229"/>
       <c r="AH11" s="231"/>
       <c r="AI11" s="230"/>
       <c r="AJ11" s="229"/>
       <c r="AK11" s="238"/>
       <c r="AL11" s="229" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AM11" s="229"/>
       <c r="AN11" s="229"/>
       <c r="AO11" s="229" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AP11" s="229"/>
       <c r="AQ11" s="231"/>
       <c r="AR11" s="230"/>
       <c r="AS11" s="229"/>
       <c r="AT11" s="229" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AU11" s="229"/>
       <c r="AV11" s="229"/>
       <c r="AW11" s="229"/>
       <c r="AX11" s="229" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="12" spans="2:59" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B12" s="19" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>94</v>
       </c>
       <c r="D12" s="14" t="s">
         <v>94</v>
       </c>
-      <c r="E12" s="28"/>
+      <c r="E12" s="28" t="s">
+        <v>108</v>
+      </c>
       <c r="F12" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G12" s="14" t="s">
         <v>109</v>
       </c>
-      <c r="G12" s="14" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="14"/>
+      <c r="H12" s="14" t="s">
+        <v>143</v>
+      </c>
       <c r="I12" s="14"/>
       <c r="J12" s="33"/>
       <c r="K12" s="121" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L12" s="14" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="M12" s="19"/>
       <c r="N12" s="19"/>
       <c r="O12" s="14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="P12" s="14" t="s">
-        <v>109</v>
+        <v>148</v>
       </c>
       <c r="Q12" s="14"/>
       <c r="R12" s="14"/>
       <c r="S12" s="33"/>
       <c r="T12" s="72" t="s">
         <v>8</v>
       </c>
       <c r="U12" s="35" t="s">
         <v>9</v>
       </c>
       <c r="V12" s="45"/>
       <c r="W12" s="46"/>
       <c r="X12" s="107">
         <v>301</v>
       </c>
       <c r="Y12" s="9" t="s">
         <v>80</v>
       </c>
       <c r="Z12" s="71" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA12" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB12" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AC12" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AD12" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AE12" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AF12" s="16"/>
       <c r="AG12" s="16"/>
       <c r="AH12" s="48"/>
       <c r="AI12" s="16"/>
       <c r="AJ12" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AK12" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL12" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM12" s="131"/>
       <c r="AN12" s="16"/>
       <c r="AO12" s="16"/>
       <c r="AP12" s="16"/>
       <c r="AQ12" s="48"/>
       <c r="AR12" s="16"/>
       <c r="AS12" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AT12" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AU12" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AV12" s="16" t="s">
         <v>90</v>
       </c>
       <c r="AW12" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AX12" s="16"/>
     </row>
     <row r="13" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B13" s="36"/>
       <c r="C13" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>94</v>
       </c>
       <c r="E13" s="71" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F13" s="11" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G13" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="48"/>
       <c r="K13" s="122"/>
       <c r="L13" s="10"/>
       <c r="M13" s="11"/>
       <c r="N13" s="149"/>
       <c r="O13" s="150"/>
       <c r="P13" s="10"/>
       <c r="Q13" s="71"/>
       <c r="R13" s="16"/>
       <c r="S13" s="17"/>
       <c r="T13" s="49" t="s">
         <v>37</v>
       </c>
       <c r="U13" s="39" t="s">
         <v>9</v>
       </c>
       <c r="V13" s="50"/>
       <c r="W13" s="51"/>
       <c r="X13" s="98">
         <v>107</v>
       </c>
       <c r="Y13" s="6"/>
       <c r="Z13" s="71" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA13" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB13" s="10"/>
-      <c r="AC13" s="10"/>
+      <c r="AC13" s="10" t="s">
+        <v>128</v>
+      </c>
       <c r="AD13" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AE13" s="10" t="s">
         <v>94</v>
       </c>
       <c r="AF13" s="10"/>
       <c r="AG13" s="10"/>
       <c r="AH13" s="37"/>
       <c r="AI13" s="11"/>
       <c r="AJ13" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AK13" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL13" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM13" s="16"/>
       <c r="AN13" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AO13" s="10"/>
       <c r="AP13" s="10"/>
       <c r="AQ13" s="37"/>
       <c r="AR13" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AS13" s="10" t="s">
         <v>94</v>
       </c>
       <c r="AT13" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AU13" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AV13" s="16"/>
       <c r="AW13" s="10"/>
       <c r="AX13" s="10"/>
     </row>
     <row r="14" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B14" s="36" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>94</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>94</v>
       </c>
       <c r="E14" s="190"/>
       <c r="F14" s="11" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G14" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H14" s="187"/>
       <c r="I14" s="10"/>
       <c r="J14" s="37"/>
       <c r="K14" s="10"/>
       <c r="L14" s="10"/>
       <c r="M14" s="206" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" s="10" t="s">
         <v>113</v>
       </c>
-      <c r="N14" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14" s="22" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="P14" s="10"/>
+        <v>113</v>
+      </c>
+      <c r="P14" s="10" t="s">
+        <v>130</v>
+      </c>
       <c r="Q14" s="26" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="R14" s="10"/>
       <c r="S14" s="11"/>
       <c r="T14" s="49" t="s">
         <v>41</v>
       </c>
       <c r="U14" s="39" t="s">
         <v>9</v>
       </c>
       <c r="V14" s="50"/>
       <c r="W14" s="51"/>
       <c r="X14" s="98">
         <v>205</v>
       </c>
       <c r="Y14" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Z14" s="71" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA14" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB14" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AC14" s="10"/>
       <c r="AD14" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AE14" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AF14" s="10"/>
       <c r="AG14" s="10"/>
       <c r="AH14" s="37"/>
       <c r="AI14" s="16"/>
       <c r="AJ14" s="10"/>
       <c r="AK14" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL14" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM14" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AN14" s="149"/>
       <c r="AO14" s="10"/>
       <c r="AP14" s="10"/>
       <c r="AQ14" s="37"/>
       <c r="AR14" s="70" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AS14" s="10" t="s">
         <v>94</v>
       </c>
       <c r="AT14" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AU14" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AV14" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AW14" s="10" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AX14" s="10"/>
     </row>
     <row r="15" spans="2:59" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B15" s="36" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C15" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="190"/>
       <c r="F15" s="11" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G15" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H15" s="16"/>
       <c r="I15" s="10"/>
       <c r="J15" s="37"/>
       <c r="K15" s="10" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L15" s="10" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M15" s="11" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="N15" s="10" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="O15" s="190"/>
       <c r="P15" s="16" t="s">
         <v>90</v>
       </c>
       <c r="Q15" s="26"/>
       <c r="R15" s="10"/>
       <c r="S15" s="11"/>
       <c r="T15" s="49" t="s">
         <v>50</v>
       </c>
       <c r="U15" s="39" t="s">
         <v>9</v>
       </c>
       <c r="V15" s="50"/>
       <c r="W15" s="51"/>
       <c r="X15" s="98">
         <v>306</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Z15" s="71" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA15" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB15" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AC15" s="16"/>
       <c r="AD15" s="16"/>
       <c r="AE15" s="10"/>
       <c r="AF15" s="10"/>
       <c r="AG15" s="10"/>
       <c r="AH15" s="37"/>
       <c r="AI15" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AJ15" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AK15" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL15" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM15" s="16" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AN15" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AO15" s="10" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AP15" s="10"/>
       <c r="AQ15" s="37"/>
       <c r="AR15" s="26" t="s">
         <v>95</v>
       </c>
       <c r="AS15" s="16" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AT15" s="16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AU15" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AV15" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AW15" s="10"/>
       <c r="AX15" s="187"/>
     </row>
     <row r="16" spans="2:59" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B16" s="97" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="C16" s="15" t="s">
+      <c r="D16" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" s="18" t="s">
         <v>120</v>
       </c>
-      <c r="D16" s="15" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="18"/>
+      <c r="F16" s="18" t="s">
+        <v>134</v>
+      </c>
       <c r="G16" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="96"/>
       <c r="K16" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="L16" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" s="15" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="O16" s="23"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="27"/>
       <c r="R16" s="15"/>
       <c r="S16" s="96"/>
       <c r="T16" s="162" t="s">
         <v>10</v>
       </c>
       <c r="U16" s="102" t="s">
         <v>9</v>
       </c>
       <c r="V16" s="199"/>
       <c r="W16" s="200"/>
       <c r="X16" s="130">
         <v>110</v>
       </c>
       <c r="Y16" s="201"/>
       <c r="Z16" s="27" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA16" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB16" s="15"/>
       <c r="AC16" s="15"/>
       <c r="AD16" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AE16" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AF16" s="15"/>
       <c r="AG16" s="15"/>
       <c r="AH16" s="96"/>
       <c r="AI16" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AJ16" s="110" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AK16" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL16" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM16" s="15"/>
       <c r="AN16" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AO16" s="15"/>
       <c r="AP16" s="15"/>
       <c r="AQ16" s="96"/>
       <c r="AR16" s="27" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS16" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="AT16" s="15"/>
       <c r="AU16" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="AV16" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="AW16" s="15"/>
       <c r="AX16" s="15"/>
     </row>
     <row r="17" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="47"/>
       <c r="C17" s="91" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D17" s="17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="21" t="s">
         <v>91</v>
       </c>
       <c r="G17" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="H17" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I17" s="16"/>
       <c r="J17" s="48"/>
       <c r="K17" s="122"/>
       <c r="L17" s="16"/>
       <c r="M17" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N17" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O17" s="16"/>
       <c r="P17" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="Q17" s="71" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="R17" s="16"/>
       <c r="S17" s="48"/>
       <c r="T17" s="90" t="s">
         <v>11</v>
       </c>
       <c r="U17" s="81" t="s">
         <v>14</v>
       </c>
       <c r="V17" s="82"/>
       <c r="W17" s="83"/>
       <c r="X17" s="75">
         <v>204</v>
       </c>
       <c r="Y17" s="75"/>
       <c r="Z17" s="16"/>
-      <c r="AA17" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA17" s="14"/>
       <c r="AB17" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC17" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AD17" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AE17" s="16"/>
       <c r="AF17" s="16"/>
       <c r="AG17" s="16"/>
       <c r="AH17" s="48"/>
       <c r="AI17" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AJ17" s="16"/>
       <c r="AK17" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AL17" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AM17" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AN17" s="198"/>
       <c r="AO17" s="16"/>
       <c r="AP17" s="16"/>
       <c r="AQ17" s="48"/>
       <c r="AR17" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AS17" s="16"/>
       <c r="AT17" s="21" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AU17" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AV17" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AW17" s="16"/>
       <c r="AX17" s="16"/>
     </row>
     <row r="18" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="47"/>
       <c r="C18" s="91" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D18" s="91" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E18" s="21" t="s">
         <v>91</v>
       </c>
       <c r="F18" s="10"/>
       <c r="G18" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="48"/>
       <c r="K18" s="122" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L18" s="10" t="s">
         <v>91</v>
       </c>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="O18" s="71" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" s="16" t="s">
         <v>123</v>
       </c>
-      <c r="P18" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q18" s="71" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="R18" s="16"/>
       <c r="S18" s="17"/>
       <c r="T18" s="59" t="s">
         <v>44</v>
       </c>
       <c r="U18" s="38" t="s">
         <v>14</v>
       </c>
       <c r="V18" s="60"/>
       <c r="W18" s="61"/>
       <c r="X18" s="39">
         <v>304</v>
       </c>
       <c r="Y18" s="39"/>
       <c r="Z18" s="10"/>
       <c r="AA18" s="17"/>
       <c r="AB18" s="16"/>
       <c r="AC18" s="16"/>
       <c r="AD18" s="20"/>
       <c r="AE18" s="16"/>
       <c r="AF18" s="10"/>
       <c r="AG18" s="10"/>
       <c r="AH18" s="37"/>
       <c r="AI18" s="36" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AJ18" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK18" s="16"/>
       <c r="AL18" s="16"/>
       <c r="AM18" s="17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AN18" s="10" t="s">
         <v>91</v>
       </c>
       <c r="AO18" s="16"/>
       <c r="AP18" s="10"/>
       <c r="AQ18" s="37"/>
       <c r="AR18" s="10" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AS18" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AT18" s="134" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AU18" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AV18" s="17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AW18" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AX18" s="10"/>
     </row>
     <row r="19" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B19" s="36"/>
       <c r="C19" s="21"/>
       <c r="D19" s="16"/>
       <c r="E19" s="21" t="s">
         <v>91</v>
       </c>
       <c r="F19" s="17" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G19" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19" s="10" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I19" s="10"/>
       <c r="J19" s="37"/>
       <c r="K19" s="11" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>91</v>
       </c>
       <c r="M19" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N19" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O19" s="71" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P19" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Q19" s="10"/>
       <c r="R19" s="10"/>
       <c r="S19" s="11"/>
       <c r="T19" s="59" t="s">
         <v>48</v>
       </c>
       <c r="U19" s="38" t="s">
         <v>14</v>
       </c>
       <c r="V19" s="60"/>
       <c r="W19" s="61"/>
       <c r="X19" s="39">
         <v>307</v>
       </c>
       <c r="Y19" s="39" t="s">
         <v>101</v>
       </c>
       <c r="Z19" s="26" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AA19" s="190"/>
       <c r="AB19" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC19" s="24" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AD19" s="10"/>
       <c r="AE19" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AF19" s="10"/>
       <c r="AG19" s="10"/>
       <c r="AH19" s="37"/>
       <c r="AI19" s="36"/>
       <c r="AJ19" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK19" s="16"/>
       <c r="AL19" s="16" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AM19" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AN19" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AO19" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AP19" s="10"/>
       <c r="AQ19" s="37"/>
       <c r="AR19" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AS19" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AT19" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AU19" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AV19" s="17"/>
       <c r="AW19" s="10" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AX19" s="10"/>
     </row>
     <row r="20" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="47"/>
       <c r="C20" s="21"/>
       <c r="D20" s="10"/>
       <c r="E20" s="71" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F20" s="21" t="s">
         <v>91</v>
       </c>
       <c r="G20" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
       <c r="J20" s="37"/>
       <c r="K20" s="11"/>
       <c r="L20" s="10"/>
       <c r="M20" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N20" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O20" s="71" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P20" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Q20" s="71" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="R20" s="10"/>
       <c r="S20" s="11"/>
       <c r="T20" s="59" t="s">
         <v>12</v>
       </c>
       <c r="U20" s="38" t="s">
         <v>14</v>
       </c>
       <c r="V20" s="60"/>
       <c r="W20" s="61"/>
       <c r="X20" s="39">
         <v>106</v>
       </c>
       <c r="Y20" s="39" t="s">
         <v>75</v>
       </c>
       <c r="Z20" s="26"/>
       <c r="AA20" s="16"/>
       <c r="AB20" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC20" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AD20" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AE20" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AF20" s="10"/>
       <c r="AG20" s="10"/>
       <c r="AH20" s="37"/>
       <c r="AI20" s="36" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AJ20" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK20" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AL20" s="10" t="s">
         <v>91</v>
       </c>
       <c r="AM20" s="10"/>
       <c r="AN20" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AO20" s="10" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AP20" s="10"/>
       <c r="AQ20" s="37"/>
       <c r="AR20" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AS20" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AT20" s="21" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AU20" s="10"/>
       <c r="AV20" s="17"/>
       <c r="AW20" s="16"/>
       <c r="AX20" s="10"/>
     </row>
     <row r="21" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B21" s="47"/>
       <c r="C21" s="188"/>
       <c r="D21" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E21" s="21" t="s">
         <v>91</v>
       </c>
       <c r="F21" s="10" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G21" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H21" s="10" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I21" s="12"/>
       <c r="J21" s="44"/>
       <c r="K21" s="20"/>
       <c r="L21" s="10" t="s">
         <v>91</v>
       </c>
       <c r="M21" s="17" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N21" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O21" s="71"/>
       <c r="P21" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="Q21" s="71"/>
       <c r="R21" s="12"/>
       <c r="S21" s="13"/>
       <c r="T21" s="59" t="s">
         <v>13</v>
       </c>
       <c r="U21" s="38" t="s">
         <v>14</v>
       </c>
       <c r="V21" s="60"/>
       <c r="W21" s="61"/>
       <c r="X21" s="43">
         <v>104</v>
       </c>
       <c r="Y21" s="43" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Z21" s="40"/>
       <c r="AA21" s="16"/>
       <c r="AB21" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC21" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AD21" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AE21" s="16"/>
       <c r="AF21" s="12"/>
       <c r="AG21" s="12"/>
       <c r="AH21" s="44"/>
       <c r="AI21" s="70" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AJ21" s="16"/>
       <c r="AK21" s="16"/>
       <c r="AL21" s="16"/>
       <c r="AM21" s="10" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AN21" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AO21" s="12" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AP21" s="12"/>
       <c r="AQ21" s="44"/>
       <c r="AR21" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AS21" s="10"/>
       <c r="AT21" s="24" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AU21" s="21" t="s">
         <v>91</v>
       </c>
       <c r="AV21" s="17" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AW21" s="24"/>
       <c r="AX21" s="12"/>
     </row>
     <row r="22" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="97"/>
       <c r="C22" s="119"/>
       <c r="D22" s="119" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F22" s="15" t="s">
         <v>91</v>
       </c>
       <c r="G22" s="89" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="H22" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="96"/>
       <c r="K22" s="18" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L22" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M22" s="23" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N22" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O22" s="27" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P22" s="15"/>
       <c r="Q22" s="27"/>
       <c r="R22" s="15"/>
       <c r="S22" s="96"/>
       <c r="T22" s="99" t="s">
         <v>65</v>
       </c>
       <c r="U22" s="143" t="s">
         <v>14</v>
       </c>
       <c r="V22" s="60"/>
       <c r="W22" s="61"/>
       <c r="X22" s="102">
         <v>109</v>
       </c>
       <c r="Y22" s="102" t="s">
         <v>59</v>
       </c>
       <c r="Z22" s="97"/>
       <c r="AA22" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AB22" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC22" s="15" t="s">
         <v>91</v>
       </c>
       <c r="AD22" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AE22" s="15"/>
       <c r="AF22" s="15"/>
       <c r="AG22" s="15"/>
       <c r="AH22" s="96"/>
       <c r="AI22" s="15"/>
       <c r="AJ22" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK22" s="15" t="s">
         <v>91</v>
       </c>
       <c r="AL22" s="15" t="s">
         <v>91</v>
       </c>
       <c r="AM22" s="15"/>
       <c r="AN22" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AO22" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AP22" s="15"/>
       <c r="AQ22" s="96"/>
       <c r="AR22" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS22" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AT22" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU22" s="23" t="s">
+        <v>112</v>
+      </c>
+      <c r="AV22" s="18" t="s">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>111</v>
       </c>
       <c r="AW22" s="15"/>
       <c r="AX22" s="15"/>
     </row>
     <row r="23" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B23" s="126"/>
       <c r="C23" s="116"/>
       <c r="D23" s="89"/>
       <c r="E23" s="15"/>
       <c r="F23" s="89"/>
       <c r="G23" s="15"/>
       <c r="H23" s="89"/>
       <c r="I23" s="89"/>
       <c r="J23" s="109"/>
       <c r="K23" s="120" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L23" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M23" s="120"/>
       <c r="N23" s="89" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="O23" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="P23" s="89" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="Q23" s="110" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="R23" s="89"/>
       <c r="S23" s="109"/>
       <c r="T23" s="163" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U23" s="52" t="s">
         <v>15</v>
       </c>
       <c r="V23" s="53"/>
       <c r="W23" s="54"/>
       <c r="X23" s="102">
         <v>305</v>
       </c>
       <c r="Y23" s="102"/>
       <c r="Z23" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AA23" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AB23" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AC23" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AD23" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AE23" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AF23" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AG23" s="15"/>
       <c r="AH23" s="96"/>
       <c r="AI23" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="AJ23" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK23" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="AL23" s="89" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AM23" s="15"/>
       <c r="AN23" s="15"/>
       <c r="AO23" s="15"/>
       <c r="AP23" s="15"/>
       <c r="AQ23" s="96"/>
       <c r="AR23" s="27"/>
       <c r="AS23" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="AT23" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="AT23" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU23" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AV23" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AW23" s="15"/>
       <c r="AX23" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:50" ht="18" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B24" s="122"/>
       <c r="C24" s="14"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="48"/>
       <c r="K24" s="71"/>
       <c r="L24" s="16"/>
       <c r="M24" s="14"/>
       <c r="N24" s="71"/>
       <c r="O24" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P24" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q24" s="71" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="R24" s="17"/>
       <c r="S24" s="33"/>
       <c r="T24" s="55" t="s">
         <v>83</v>
       </c>
       <c r="U24" s="56" t="s">
         <v>17</v>
       </c>
       <c r="V24" s="57"/>
       <c r="W24" s="58"/>
       <c r="X24" s="75">
         <v>320</v>
       </c>
       <c r="Y24" s="75"/>
       <c r="Z24" s="71"/>
       <c r="AA24" s="16"/>
       <c r="AB24" s="16"/>
       <c r="AC24" s="16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AD24" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AE24" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AF24" s="148" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AG24" s="16"/>
       <c r="AH24" s="48"/>
       <c r="AI24" s="47" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AJ24" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AK24" s="14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AL24" s="131"/>
       <c r="AM24" s="16"/>
       <c r="AN24" s="16"/>
       <c r="AO24" s="16"/>
       <c r="AP24" s="16"/>
       <c r="AQ24" s="48"/>
       <c r="AR24" s="71"/>
       <c r="AS24" s="16"/>
       <c r="AT24" s="16"/>
       <c r="AU24" s="16"/>
       <c r="AV24" s="16"/>
       <c r="AW24" s="16"/>
       <c r="AX24" s="16"/>
     </row>
     <row r="25" spans="1:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B25" s="36"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="48"/>
       <c r="K25" s="71"/>
       <c r="L25" s="16"/>
       <c r="M25" s="16"/>
       <c r="N25" s="71"/>
       <c r="O25" s="17"/>
       <c r="P25" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="Q25" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="R25" s="17"/>
       <c r="S25" s="48"/>
       <c r="T25" s="90" t="s">
         <v>84</v>
       </c>
       <c r="U25" s="56" t="s">
         <v>17</v>
       </c>
       <c r="V25" s="82"/>
       <c r="W25" s="83"/>
       <c r="X25" s="75">
         <v>320</v>
       </c>
       <c r="Y25" s="75"/>
       <c r="Z25" s="71"/>
       <c r="AA25" s="16"/>
       <c r="AB25" s="16"/>
       <c r="AC25" s="16"/>
       <c r="AD25" s="16"/>
       <c r="AE25" s="16"/>
       <c r="AF25" s="91"/>
       <c r="AG25" s="16"/>
       <c r="AH25" s="48"/>
       <c r="AI25" s="71"/>
       <c r="AJ25" s="10"/>
       <c r="AK25" s="16"/>
       <c r="AL25" s="16"/>
       <c r="AM25" s="16"/>
       <c r="AN25" s="16"/>
       <c r="AO25" s="16"/>
       <c r="AP25" s="16"/>
       <c r="AQ25" s="48"/>
       <c r="AR25" s="71" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AS25" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="AT25" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="AT25" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AU25" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AV25" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AW25" s="16"/>
       <c r="AX25" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B26" s="128"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="96"/>
       <c r="K26" s="97"/>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="O26" s="18"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" s="18"/>
       <c r="S26" s="96"/>
       <c r="T26" s="99" t="s">
         <v>16</v>
       </c>
       <c r="U26" s="143" t="s">
         <v>17</v>
       </c>
       <c r="V26" s="155"/>
       <c r="W26" s="156"/>
       <c r="X26" s="102">
         <v>320</v>
       </c>
       <c r="Y26" s="102"/>
       <c r="Z26" s="27"/>
       <c r="AA26" s="15"/>
       <c r="AB26" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AC26" s="15"/>
       <c r="AD26" s="15"/>
       <c r="AE26" s="15"/>
       <c r="AF26" s="15"/>
       <c r="AG26" s="15"/>
       <c r="AH26" s="96"/>
       <c r="AI26" s="15"/>
       <c r="AJ26" s="15"/>
       <c r="AK26" s="15"/>
       <c r="AL26" s="15"/>
       <c r="AM26" s="15"/>
       <c r="AN26" s="15"/>
       <c r="AO26" s="15"/>
       <c r="AP26" s="15"/>
       <c r="AQ26" s="96"/>
       <c r="AR26" s="27"/>
       <c r="AS26" s="15"/>
       <c r="AT26" s="15"/>
       <c r="AU26" s="15"/>
       <c r="AV26" s="15"/>
       <c r="AW26" s="15"/>
       <c r="AX26" s="15"/>
     </row>
     <row r="27" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="121"/>
       <c r="C27" s="14"/>
       <c r="D27" s="19"/>
       <c r="E27" s="14"/>
       <c r="F27" s="14"/>
       <c r="G27" s="14"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="33"/>
       <c r="K27" s="28" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="L27" s="19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="M27" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="N27" s="25" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="O27" s="19" t="s">
+        <v>110</v>
+      </c>
+      <c r="P27" s="14"/>
+      <c r="Q27" s="14" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="R27" s="19"/>
       <c r="S27" s="33"/>
       <c r="T27" s="202" t="s">
         <v>103</v>
       </c>
       <c r="U27" s="203" t="s">
         <v>18</v>
       </c>
       <c r="V27" s="204"/>
       <c r="W27" s="205"/>
       <c r="X27" s="132">
         <v>308</v>
       </c>
       <c r="Y27" s="132" t="s">
         <v>87</v>
       </c>
       <c r="Z27" s="28" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AA27" s="14" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AB27" s="14"/>
       <c r="AC27" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AD27" s="14"/>
       <c r="AE27" s="14"/>
       <c r="AF27" s="14"/>
       <c r="AG27" s="14"/>
       <c r="AH27" s="33"/>
       <c r="AI27" s="28"/>
-      <c r="AJ27" s="14"/>
+      <c r="AJ27" s="14" t="s">
+        <v>117</v>
+      </c>
       <c r="AK27" s="14" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AL27" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AM27" s="14" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AN27" s="14"/>
       <c r="AO27" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="AP27" s="14" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="AQ27" s="33"/>
       <c r="AR27" s="28"/>
       <c r="AS27" s="28" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AT27" s="28"/>
       <c r="AU27" s="14" t="s">
+        <v>117</v>
+      </c>
+      <c r="AV27" s="14" t="s">
         <v>118</v>
       </c>
-      <c r="AV27" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AW27" s="14" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AX27" s="14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="122"/>
       <c r="C28" s="16"/>
       <c r="D28" s="17"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="48"/>
       <c r="K28" s="71"/>
       <c r="L28" s="17"/>
       <c r="M28" s="16"/>
       <c r="N28" s="21"/>
       <c r="O28" s="17"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="17"/>
       <c r="S28" s="48"/>
       <c r="T28" s="90" t="s">
         <v>72</v>
       </c>
       <c r="U28" s="90" t="s">
         <v>18</v>
       </c>
       <c r="V28" s="82"/>
       <c r="W28" s="83"/>
       <c r="X28" s="75">
         <v>207</v>
       </c>
       <c r="Y28" s="75"/>
       <c r="Z28" s="47"/>
       <c r="AA28" s="16"/>
       <c r="AB28" s="16"/>
       <c r="AC28" s="16"/>
       <c r="AD28" s="16"/>
       <c r="AE28" s="16"/>
       <c r="AF28" s="16"/>
       <c r="AG28" s="16"/>
       <c r="AH28" s="48"/>
       <c r="AI28" s="71" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AJ28" s="16"/>
       <c r="AK28" s="16"/>
       <c r="AL28" s="16"/>
       <c r="AM28" s="16"/>
       <c r="AN28" s="16"/>
       <c r="AO28" s="16"/>
       <c r="AP28" s="16"/>
       <c r="AQ28" s="48"/>
       <c r="AR28" s="71"/>
       <c r="AS28" s="71"/>
       <c r="AT28" s="71"/>
       <c r="AU28" s="16"/>
       <c r="AV28" s="16"/>
       <c r="AW28" s="16"/>
       <c r="AX28" s="16"/>
     </row>
     <row r="29" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B29" s="97"/>
       <c r="C29" s="15"/>
       <c r="D29" s="18" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="E29" s="15"/>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="96"/>
       <c r="K29" s="15"/>
       <c r="L29" s="18"/>
       <c r="M29" s="15"/>
       <c r="N29" s="135"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" s="15"/>
       <c r="S29" s="18"/>
       <c r="T29" s="99" t="s">
         <v>82</v>
       </c>
       <c r="U29" s="99" t="s">
         <v>18</v>
       </c>
       <c r="V29" s="100"/>
       <c r="W29" s="101"/>
       <c r="X29" s="102">
         <v>207</v>
       </c>
       <c r="Y29" s="102"/>
       <c r="Z29" s="27" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AA29" s="15"/>
       <c r="AB29" s="15"/>
       <c r="AC29" s="15"/>
       <c r="AD29" s="15"/>
       <c r="AE29" s="15"/>
       <c r="AF29" s="15"/>
       <c r="AG29" s="15"/>
       <c r="AH29" s="96"/>
       <c r="AI29" s="97"/>
       <c r="AJ29" s="15"/>
       <c r="AK29" s="15"/>
       <c r="AL29" s="15"/>
       <c r="AM29" s="15"/>
       <c r="AN29" s="15"/>
       <c r="AO29" s="15"/>
       <c r="AP29" s="15"/>
       <c r="AQ29" s="96"/>
       <c r="AR29" s="15"/>
       <c r="AS29" s="27"/>
       <c r="AT29" s="27"/>
       <c r="AU29" s="15"/>
       <c r="AV29" s="15"/>
       <c r="AW29" s="15"/>
       <c r="AX29" s="15"/>
     </row>
     <row r="30" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="47"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="17"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="48"/>
       <c r="K30" s="71"/>
       <c r="L30" s="17" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="M30" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N30" s="71"/>
       <c r="O30" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="P30" s="16"/>
       <c r="Q30" s="16"/>
       <c r="R30" s="16"/>
       <c r="S30" s="17"/>
       <c r="T30" s="72" t="s">
         <v>42</v>
       </c>
       <c r="U30" s="72" t="s">
         <v>51</v>
       </c>
       <c r="V30" s="73"/>
       <c r="W30" s="74"/>
       <c r="X30" s="75">
         <v>303</v>
       </c>
       <c r="Y30" s="75"/>
       <c r="Z30" s="71"/>
       <c r="AA30" s="16"/>
       <c r="AB30" s="16"/>
       <c r="AC30" s="16"/>
       <c r="AD30" s="16"/>
       <c r="AE30" s="16"/>
       <c r="AF30" s="16"/>
       <c r="AG30" s="16"/>
@@ -5493,2241 +5504,2216 @@
       <c r="AR30" s="94"/>
       <c r="AS30" s="94"/>
       <c r="AT30" s="24"/>
       <c r="AU30" s="24"/>
       <c r="AV30" s="16"/>
       <c r="AW30" s="16"/>
       <c r="AX30" s="16"/>
     </row>
     <row r="31" spans="1:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="36"/>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
       <c r="F31" s="10"/>
       <c r="G31" s="11"/>
       <c r="H31" s="11"/>
       <c r="I31" s="16"/>
       <c r="J31" s="48"/>
       <c r="K31" s="26" t="s">
         <v>91</v>
       </c>
       <c r="L31" s="11"/>
       <c r="M31" s="10"/>
       <c r="O31" s="16"/>
       <c r="P31" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="Q31" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R31" s="16"/>
       <c r="S31" s="17"/>
       <c r="T31" s="72"/>
       <c r="U31" s="72" t="s">
         <v>39</v>
       </c>
       <c r="V31" s="73"/>
       <c r="W31" s="74"/>
       <c r="X31" s="75"/>
       <c r="Y31" s="75"/>
       <c r="Z31" s="71"/>
       <c r="AA31" s="16"/>
       <c r="AB31" s="16"/>
       <c r="AC31" s="16"/>
       <c r="AD31" s="16"/>
       <c r="AE31" s="16"/>
       <c r="AF31" s="16"/>
       <c r="AG31" s="16"/>
       <c r="AH31" s="48"/>
       <c r="AI31" s="47"/>
       <c r="AJ31" s="16"/>
       <c r="AK31" s="71"/>
       <c r="AL31" s="16"/>
       <c r="AN31" s="134"/>
       <c r="AO31" s="10"/>
       <c r="AP31" s="10"/>
       <c r="AQ31" s="37"/>
       <c r="AR31" s="26"/>
       <c r="AS31" s="10"/>
       <c r="AT31" s="10"/>
       <c r="AU31" s="10"/>
       <c r="AV31" s="16"/>
       <c r="AW31" s="10"/>
       <c r="AX31" s="16"/>
     </row>
     <row r="32" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="97" t="s">
         <v>91</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="E32" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" s="27" t="s">
+        <v>125</v>
+      </c>
+      <c r="G32" s="18" t="s">
         <v>119</v>
       </c>
-      <c r="D32" s="18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H32" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="96"/>
       <c r="K32" s="27" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L32" s="18" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="N32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="O32" s="15" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="P32" s="18"/>
+        <v>121</v>
+      </c>
+      <c r="P32" s="18" t="s">
+        <v>117</v>
+      </c>
       <c r="Q32" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="R32" s="15"/>
       <c r="S32" s="96"/>
       <c r="T32" s="76" t="s">
         <v>19</v>
       </c>
       <c r="U32" s="76" t="s">
         <v>36</v>
       </c>
       <c r="V32" s="77"/>
       <c r="W32" s="78"/>
       <c r="X32" s="102">
         <v>222</v>
       </c>
       <c r="Y32" s="102" t="s">
         <v>57</v>
       </c>
-      <c r="Z32" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Z32" s="27"/>
       <c r="AA32" s="27" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AB32" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AC32" s="27" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD32" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE32" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF32" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AG32" s="15"/>
       <c r="AH32" s="96"/>
       <c r="AI32" s="97" t="s">
         <v>91</v>
       </c>
       <c r="AJ32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="AK32" s="27" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AL32" s="27" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AM32" s="15"/>
       <c r="AN32" s="119" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AO32" s="18" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AP32" s="15"/>
       <c r="AQ32" s="96"/>
       <c r="AR32" s="27" t="s">
         <v>92</v>
       </c>
       <c r="AS32" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AT32" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AU32" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AV32" s="15"/>
       <c r="AW32" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AX32" s="15"/>
     </row>
     <row r="33" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B33" s="122" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D33" s="21" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E33" s="16" t="s">
         <v>94</v>
       </c>
       <c r="F33" s="71" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G33" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H33" s="14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="I33" s="16"/>
       <c r="J33" s="48"/>
       <c r="K33" s="122" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="L33" s="16" t="s">
         <v>94</v>
       </c>
       <c r="M33" s="71" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="N33" s="14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="O33" s="14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P33" s="71" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
       <c r="S33" s="17"/>
       <c r="T33" s="55" t="s">
         <v>66</v>
       </c>
       <c r="U33" s="55" t="s">
         <v>21</v>
       </c>
       <c r="V33" s="66"/>
       <c r="W33" s="67"/>
       <c r="X33" s="75">
         <v>105</v>
       </c>
       <c r="Y33" s="75"/>
       <c r="Z33" s="71" t="s">
         <v>94</v>
       </c>
       <c r="AA33" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AB33" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AC33" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AD33" s="14" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AE33" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AF33" s="71" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AG33" s="16"/>
       <c r="AH33" s="48"/>
       <c r="AI33" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AJ33" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AK33" s="16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AL33" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AM33" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AN33" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AO33" s="16" t="s">
         <v>96</v>
       </c>
       <c r="AP33" s="16"/>
       <c r="AQ33" s="48"/>
       <c r="AR33" s="71" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AS33" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AT33" s="16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AU33" s="16" t="s">
         <v>94</v>
       </c>
       <c r="AV33" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AW33" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AX33" s="16"/>
     </row>
     <row r="34" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B34" s="123" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C34" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D34" s="22" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E34" s="10"/>
       <c r="F34" s="21" t="s">
         <v>88</v>
       </c>
       <c r="G34" s="10"/>
       <c r="H34" s="71"/>
       <c r="I34" s="10"/>
       <c r="J34" s="37"/>
       <c r="K34" s="10" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L34" s="10"/>
       <c r="M34" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N34" s="22" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="O34" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P34" s="26" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q34" s="16" t="s">
         <v>89</v>
       </c>
       <c r="R34" s="10"/>
       <c r="S34" s="37"/>
       <c r="T34" s="90" t="s">
         <v>20</v>
       </c>
       <c r="U34" s="90" t="s">
         <v>21</v>
       </c>
       <c r="V34" s="144"/>
       <c r="W34" s="145"/>
       <c r="X34" s="75">
         <v>103</v>
       </c>
       <c r="Y34" s="75" t="s">
         <v>102</v>
       </c>
       <c r="Z34" s="71" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AA34" s="16"/>
       <c r="AB34" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AC34" s="71" t="s">
         <v>88</v>
       </c>
       <c r="AD34" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AE34" s="10"/>
       <c r="AF34" s="158" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AG34" s="10"/>
       <c r="AH34" s="95"/>
       <c r="AI34" s="36" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ34" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AK34" s="10" t="s">
         <v>88</v>
       </c>
       <c r="AL34" s="10" t="s">
         <v>88</v>
       </c>
       <c r="AM34" s="10" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AN34" s="10" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AO34" s="10"/>
       <c r="AP34" s="10"/>
       <c r="AQ34" s="37"/>
       <c r="AR34" s="36" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AS34" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AT34" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AU34" s="10" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AV34" s="10"/>
       <c r="AW34" s="10" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AX34" s="186"/>
     </row>
     <row r="35" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B35" s="123" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C35" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D35" s="20" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F35" s="21" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H35" s="10"/>
       <c r="I35" s="24"/>
       <c r="J35" s="95"/>
       <c r="K35" s="122" t="s">
+        <v>112</v>
+      </c>
+      <c r="L35" s="10" t="s">
         <v>113</v>
       </c>
-      <c r="L35" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M35" s="10" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N35" s="22" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="O35" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P35" s="26" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q35" s="16"/>
       <c r="R35" s="24"/>
       <c r="S35" s="105"/>
       <c r="T35" s="59" t="s">
         <v>43</v>
       </c>
       <c r="U35" s="59" t="s">
         <v>21</v>
       </c>
       <c r="V35" s="68"/>
       <c r="W35" s="69"/>
       <c r="X35" s="39">
         <v>310</v>
       </c>
       <c r="Y35" s="39"/>
       <c r="Z35" s="71" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AA35" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AB35" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AC35" s="71" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AD35" s="10" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AE35" s="10" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="AF35" s="190"/>
+        <v>112</v>
+      </c>
+      <c r="AF35" s="190" t="s">
+        <v>151</v>
+      </c>
       <c r="AG35" s="10"/>
       <c r="AH35" s="37"/>
       <c r="AI35" s="36" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ35" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AK35" s="21" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AL35" s="10" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AM35" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AN35" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AO35" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AP35" s="16"/>
       <c r="AQ35" s="48"/>
       <c r="AR35" s="16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AS35" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AT35" s="21" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AU35" s="10" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AV35" s="24" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AW35" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AX35" s="10"/>
     </row>
     <row r="36" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B36" s="97" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C36" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D36" s="22"/>
       <c r="E36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>88</v>
       </c>
       <c r="G36" s="24" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H36" s="10" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I36" s="10"/>
       <c r="J36" s="37"/>
       <c r="K36" s="122" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="L36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="M36" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N36" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="O36" s="10" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P36" s="26" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q36" s="16" t="s">
         <v>89</v>
       </c>
       <c r="R36" s="10"/>
       <c r="S36" s="37"/>
       <c r="T36" s="99" t="s">
         <v>69</v>
       </c>
       <c r="U36" s="99" t="s">
         <v>21</v>
       </c>
       <c r="V36" s="100"/>
       <c r="W36" s="101"/>
       <c r="X36" s="102">
         <v>203</v>
       </c>
       <c r="Y36" s="102"/>
       <c r="Z36" s="27" t="s">
         <v>94</v>
       </c>
       <c r="AA36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="AB36" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AC36" s="27" t="s">
         <v>88</v>
       </c>
       <c r="AD36" s="15"/>
       <c r="AE36" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AF36" s="89"/>
       <c r="AG36" s="15"/>
       <c r="AH36" s="96"/>
       <c r="AI36" s="97" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ36" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AK36" s="15" t="s">
         <v>88</v>
       </c>
       <c r="AL36" s="15" t="s">
         <v>88</v>
       </c>
       <c r="AM36" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AN36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="AO36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="AP36" s="15"/>
       <c r="AQ36" s="96"/>
       <c r="AR36" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AS36" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AT36" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AU36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="AV36" s="15"/>
       <c r="AW36" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AX36" s="15"/>
     </row>
     <row r="37" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="122" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C37" s="14" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D37" s="25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E37" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F37" s="25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G37" s="131" t="s">
         <v>97</v>
       </c>
       <c r="H37" s="14" t="s">
         <v>92</v>
       </c>
       <c r="I37" s="14"/>
       <c r="J37" s="33"/>
       <c r="K37" s="207" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L37" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M37" s="16" t="s">
         <v>91</v>
       </c>
       <c r="N37" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="O37" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O37" s="14"/>
       <c r="P37" s="28" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="Q37" s="14" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="R37" s="14"/>
       <c r="S37" s="33"/>
       <c r="T37" s="72" t="s">
         <v>98</v>
       </c>
       <c r="U37" s="81" t="s">
         <v>54</v>
       </c>
       <c r="V37" s="82"/>
       <c r="W37" s="83"/>
       <c r="X37" s="75">
         <v>121</v>
       </c>
       <c r="Y37" s="75"/>
       <c r="Z37" s="71" t="s">
         <v>92</v>
       </c>
       <c r="AA37" s="16" t="s">
         <v>92</v>
       </c>
       <c r="AB37" s="131" t="s">
         <v>97</v>
       </c>
       <c r="AC37" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD37" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE37" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF37" s="16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AG37" s="16"/>
       <c r="AH37" s="16"/>
       <c r="AI37" s="47" t="s">
         <v>91</v>
       </c>
-      <c r="AJ37" s="16"/>
+      <c r="AJ37" s="16" t="s">
+        <v>112</v>
+      </c>
       <c r="AK37" s="16"/>
       <c r="AL37" s="14"/>
       <c r="AM37" s="131" t="s">
         <v>97</v>
       </c>
       <c r="AN37" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AO37" s="16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AP37" s="16"/>
       <c r="AQ37" s="48"/>
       <c r="AR37" s="71"/>
       <c r="AS37" s="16"/>
       <c r="AT37" s="16"/>
       <c r="AU37" s="16"/>
       <c r="AV37" s="16"/>
       <c r="AW37" s="16"/>
       <c r="AX37" s="16"/>
     </row>
     <row r="38" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B38" s="128" t="s">
+        <v>119</v>
+      </c>
+      <c r="C38" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="C38" s="16"/>
       <c r="D38" s="120"/>
       <c r="E38" s="89" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F38" s="120" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G38" s="15"/>
-      <c r="H38" s="89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H38" s="89"/>
       <c r="I38" s="89"/>
       <c r="J38" s="109"/>
       <c r="K38" s="120"/>
       <c r="L38" s="89"/>
       <c r="M38" s="110"/>
       <c r="N38" s="111"/>
       <c r="O38" s="89"/>
       <c r="P38" s="110"/>
       <c r="Q38" s="89"/>
       <c r="R38" s="89"/>
       <c r="S38" s="109"/>
       <c r="T38" s="76" t="s">
         <v>99</v>
       </c>
       <c r="U38" s="38" t="s">
         <v>54</v>
       </c>
       <c r="V38" s="41"/>
       <c r="W38" s="42"/>
       <c r="X38" s="43"/>
       <c r="Y38" s="43"/>
       <c r="Z38" s="97" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA38" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="AB38" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="AA38" s="27" t="s">
+      <c r="AC38" s="89" t="s">
+        <v>121</v>
+      </c>
+      <c r="AD38" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE38" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="AB38" s="15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AF38" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AG38" s="15"/>
       <c r="AH38" s="96"/>
       <c r="AI38" s="97"/>
       <c r="AJ38" s="15"/>
       <c r="AK38" s="15"/>
       <c r="AL38" s="89"/>
       <c r="AM38" s="15"/>
       <c r="AN38" s="15"/>
       <c r="AO38" s="15"/>
       <c r="AP38" s="15"/>
       <c r="AQ38" s="96"/>
       <c r="AR38" s="27" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AS38" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AT38" s="15"/>
       <c r="AU38" s="15"/>
       <c r="AV38" s="15"/>
       <c r="AW38" s="15"/>
       <c r="AX38" s="15"/>
     </row>
     <row r="39" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B39" s="122" t="s">
+        <v>113</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39" s="21" t="s">
         <v>114</v>
       </c>
-      <c r="C39" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F39" s="21"/>
       <c r="G39" s="16" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I39" s="16"/>
       <c r="J39" s="48"/>
       <c r="K39" s="122"/>
       <c r="L39" s="16"/>
       <c r="M39" s="71"/>
       <c r="N39" s="17"/>
       <c r="O39" s="131"/>
       <c r="P39" s="16"/>
       <c r="Q39" s="71"/>
       <c r="R39" s="16"/>
       <c r="S39" s="17"/>
       <c r="T39" s="55" t="s">
         <v>22</v>
       </c>
       <c r="U39" s="84" t="s">
         <v>24</v>
       </c>
       <c r="V39" s="85"/>
       <c r="W39" s="86"/>
       <c r="X39" s="35">
         <v>217</v>
       </c>
       <c r="Y39" s="35" t="s">
         <v>63</v>
       </c>
-      <c r="Z39" s="71"/>
+      <c r="Z39" s="71" t="s">
+        <v>119</v>
+      </c>
       <c r="AA39" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AB39" s="16" t="s">
         <v>91</v>
       </c>
-      <c r="AC39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD39" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AE39" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF39" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AG39" s="16"/>
       <c r="AH39" s="48"/>
       <c r="AI39" s="71"/>
       <c r="AJ39" s="71"/>
       <c r="AK39" s="16"/>
       <c r="AL39" s="71"/>
       <c r="AM39" s="16"/>
       <c r="AN39" s="71"/>
       <c r="AO39" s="16"/>
       <c r="AP39" s="16"/>
       <c r="AQ39" s="48"/>
       <c r="AR39" s="71"/>
       <c r="AS39" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AT39" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AU39" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AV39" s="16"/>
       <c r="AW39" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AX39" s="16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="40" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B40" s="128" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D40" s="15"/>
       <c r="E40" s="115" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-      <c r="G40" s="15"/>
+        <v>111</v>
+      </c>
+      <c r="F40" s="23"/>
+      <c r="G40" s="15" t="s">
+        <v>117</v>
+      </c>
       <c r="H40" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="96"/>
       <c r="K40" s="23"/>
       <c r="L40" s="15"/>
       <c r="M40" s="27"/>
       <c r="N40" s="18"/>
       <c r="O40" s="15"/>
       <c r="P40" s="135"/>
       <c r="Q40" s="15"/>
       <c r="R40" s="15"/>
       <c r="S40" s="96"/>
       <c r="T40" s="62" t="s">
         <v>23</v>
       </c>
       <c r="U40" s="63" t="s">
         <v>24</v>
       </c>
       <c r="V40" s="64"/>
       <c r="W40" s="65"/>
       <c r="X40" s="52">
         <v>219</v>
       </c>
       <c r="Y40" s="52"/>
       <c r="Z40" s="97"/>
       <c r="AA40" s="15"/>
       <c r="AB40" s="15"/>
       <c r="AC40" s="27"/>
       <c r="AD40" s="27"/>
       <c r="AE40" s="15"/>
       <c r="AF40" s="15"/>
       <c r="AG40" s="15"/>
       <c r="AH40" s="96"/>
       <c r="AI40" s="97"/>
       <c r="AJ40" s="15"/>
       <c r="AK40" s="15"/>
       <c r="AL40" s="15"/>
       <c r="AM40" s="15"/>
       <c r="AN40" s="15"/>
       <c r="AO40" s="15"/>
       <c r="AP40" s="15"/>
       <c r="AQ40" s="96"/>
       <c r="AR40" s="27" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AS40" s="15"/>
       <c r="AT40" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AU40" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AV40" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="AW40" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AX40" s="15"/>
     </row>
     <row r="41" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B41" s="123" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C41" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="D41" s="17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F41" s="22" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G41" s="10" t="s">
         <v>91</v>
       </c>
       <c r="H41" s="10" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="I41" s="10"/>
       <c r="J41" s="37"/>
       <c r="K41" s="22"/>
       <c r="L41" s="10"/>
       <c r="M41" s="26"/>
       <c r="N41" s="11"/>
       <c r="O41" s="10"/>
       <c r="P41" s="26"/>
       <c r="Q41" s="10"/>
       <c r="R41" s="10"/>
       <c r="S41" s="37"/>
       <c r="T41" s="49" t="s">
         <v>52</v>
       </c>
       <c r="U41" s="49" t="s">
         <v>25</v>
       </c>
       <c r="V41" s="87"/>
       <c r="W41" s="88"/>
       <c r="X41" s="39">
         <v>317</v>
       </c>
       <c r="Y41" s="39" t="s">
         <v>64</v>
       </c>
       <c r="Z41" s="36" t="s">
         <v>92</v>
       </c>
       <c r="AA41" s="71" t="s">
         <v>92</v>
       </c>
       <c r="AB41" s="10" t="s">
         <v>91</v>
       </c>
       <c r="AC41" s="10" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD41" s="10" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE41" s="10" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF41" s="10" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AG41" s="16"/>
       <c r="AH41" s="37"/>
       <c r="AI41" s="32" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AJ41" s="28" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AK41" s="14" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="AL41" s="10" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AM41" s="10" t="s">
         <v>91</v>
       </c>
       <c r="AN41" s="10" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AO41" s="10" t="s">
         <v>92</v>
       </c>
       <c r="AP41" s="10"/>
       <c r="AQ41" s="37"/>
       <c r="AR41" s="26"/>
       <c r="AS41" s="16"/>
       <c r="AT41" s="10"/>
       <c r="AU41" s="10"/>
       <c r="AV41" s="10"/>
       <c r="AW41" s="10"/>
       <c r="AX41" s="10"/>
     </row>
     <row r="42" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B42" s="126"/>
       <c r="C42" s="89"/>
       <c r="D42" s="111"/>
       <c r="E42" s="89"/>
       <c r="F42" s="120"/>
       <c r="G42" s="89"/>
-      <c r="H42" s="89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H42" s="89"/>
       <c r="I42" s="89"/>
       <c r="J42" s="109"/>
       <c r="K42" s="120"/>
       <c r="L42" s="89"/>
       <c r="M42" s="110"/>
       <c r="N42" s="111"/>
       <c r="O42" s="89"/>
       <c r="P42" s="110"/>
       <c r="Q42" s="89"/>
       <c r="R42" s="89"/>
       <c r="S42" s="109"/>
       <c r="T42" s="195" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="U42" s="195" t="s">
         <v>25</v>
       </c>
       <c r="V42" s="196"/>
       <c r="W42" s="197"/>
       <c r="X42" s="174">
         <v>309</v>
       </c>
       <c r="Y42" s="174"/>
       <c r="Z42" s="110"/>
       <c r="AA42" s="110"/>
       <c r="AB42" s="89"/>
       <c r="AC42" s="89"/>
       <c r="AD42" s="110"/>
       <c r="AE42" s="89"/>
       <c r="AF42" s="89"/>
       <c r="AG42" s="89"/>
       <c r="AH42" s="109"/>
       <c r="AI42" s="110" t="s">
+        <v>110</v>
+      </c>
+      <c r="AJ42" s="110" t="s">
+        <v>116</v>
+      </c>
+      <c r="AK42" s="89" t="s">
+        <v>120</v>
+      </c>
+      <c r="AL42" s="89" t="s">
         <v>111</v>
       </c>
-      <c r="AJ42" s="110" t="s">
+      <c r="AM42" s="89" t="s">
+        <v>121</v>
+      </c>
+      <c r="AN42" s="89" t="s">
         <v>117</v>
       </c>
-      <c r="AK42" s="89" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AO42" s="89" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AP42" s="89"/>
       <c r="AQ42" s="109"/>
       <c r="AR42" s="110" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AS42" s="89" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AT42" s="89" t="s">
+        <v>110</v>
+      </c>
+      <c r="AU42" s="110" t="s">
+        <v>116</v>
+      </c>
+      <c r="AV42" s="89" t="s">
+        <v>119</v>
+      </c>
+      <c r="AW42" s="89" t="s">
+        <v>120</v>
+      </c>
+      <c r="AX42" s="89" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="43" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B43" s="124" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="24"/>
       <c r="D43" s="105"/>
       <c r="E43" s="24"/>
       <c r="F43" s="94" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G43" s="89" t="s">
         <v>91</v>
       </c>
       <c r="H43" s="16" t="s">
         <v>92</v>
       </c>
       <c r="I43" s="24" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J43" s="95"/>
       <c r="K43" s="122" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L43" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="M43" s="71" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="N43" s="89" t="s">
+        <v>116</v>
+      </c>
+      <c r="O43" s="16" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="P43" s="71" t="s">
         <v>92</v>
       </c>
       <c r="Q43" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="R43" s="24" t="s">
         <v>90</v>
       </c>
       <c r="S43" s="95"/>
       <c r="T43" s="191" t="s">
         <v>100</v>
       </c>
       <c r="U43" s="192" t="s">
         <v>26</v>
       </c>
       <c r="V43" s="193"/>
       <c r="W43" s="194"/>
       <c r="X43" s="174">
         <v>318</v>
       </c>
       <c r="Y43" s="174"/>
       <c r="Z43" s="71" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AA43" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AB43" s="89" t="s">
         <v>91</v>
       </c>
       <c r="AC43" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AD43" s="71" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AE43" s="89" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AF43" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AG43" s="16" t="s">
         <v>92</v>
       </c>
       <c r="AH43" s="48"/>
       <c r="AI43" s="71" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AJ43" s="71" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AK43" s="16"/>
       <c r="AL43" s="89"/>
       <c r="AM43" s="89" t="s">
         <v>90</v>
       </c>
       <c r="AN43" s="89"/>
       <c r="AO43" s="89" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AP43" s="89" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AQ43" s="109"/>
       <c r="AR43" s="114" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AS43" s="119"/>
       <c r="AT43" s="89"/>
       <c r="AU43" s="110"/>
       <c r="AV43" s="89"/>
       <c r="AW43" s="119"/>
       <c r="AX43" s="89"/>
     </row>
     <row r="44" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B44" s="121" t="s">
+        <v>110</v>
+      </c>
+      <c r="C44" s="14" t="s">
         <v>111</v>
       </c>
-      <c r="C44" s="14" t="s">
+      <c r="D44" s="19" t="s">
         <v>112</v>
       </c>
-      <c r="D44" s="19" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E44" s="19"/>
       <c r="F44" s="14"/>
       <c r="G44" s="28" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H44" s="14" t="s">
         <v>91</v>
       </c>
       <c r="I44" s="14" t="s">
         <v>91</v>
       </c>
       <c r="J44" s="33"/>
       <c r="K44" s="121" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="L44" s="14" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="M44" s="19"/>
+        <v>120</v>
+      </c>
+      <c r="M44" s="19" t="s">
+        <v>108</v>
+      </c>
       <c r="N44" s="16"/>
       <c r="O44" s="14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="P44" s="28"/>
       <c r="Q44" s="14"/>
       <c r="R44" s="14"/>
       <c r="S44" s="33"/>
       <c r="T44" s="167" t="s">
         <v>70</v>
       </c>
       <c r="U44" s="72" t="s">
         <v>27</v>
       </c>
       <c r="V44" s="73"/>
       <c r="W44" s="74"/>
       <c r="X44" s="75">
         <v>201</v>
       </c>
       <c r="Y44" s="75" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Z44" s="32"/>
       <c r="AA44" s="19" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AB44" s="19" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AC44" s="19" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD44" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE44" s="16"/>
       <c r="AF44" s="14"/>
       <c r="AG44" s="14"/>
       <c r="AH44" s="33"/>
       <c r="AI44" s="32"/>
       <c r="AJ44" s="14"/>
       <c r="AK44" s="14"/>
       <c r="AL44" s="28"/>
       <c r="AM44" s="14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AN44" s="28" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AO44" s="16" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AP44" s="14"/>
       <c r="AQ44" s="33"/>
       <c r="AR44" s="16"/>
       <c r="AS44" s="16"/>
       <c r="AT44" s="16"/>
       <c r="AU44" s="16"/>
       <c r="AV44" s="16"/>
       <c r="AW44" s="16"/>
       <c r="AX44" s="16"/>
     </row>
     <row r="45" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="122"/>
       <c r="C45" s="190"/>
       <c r="D45" s="17"/>
       <c r="E45" s="17"/>
       <c r="F45" s="10"/>
       <c r="G45" s="71"/>
       <c r="H45" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I45" s="16"/>
       <c r="J45" s="48"/>
       <c r="K45" s="21" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L45" s="16" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="M45" s="17"/>
       <c r="N45" s="10"/>
-      <c r="O45" s="16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O45" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P45" s="71"/>
       <c r="Q45" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="R45" s="16"/>
       <c r="S45" s="48"/>
       <c r="T45" s="72" t="s">
         <v>77</v>
       </c>
       <c r="U45" s="166" t="s">
         <v>78</v>
       </c>
       <c r="V45" s="73"/>
       <c r="W45" s="74"/>
       <c r="X45" s="75">
         <v>322</v>
       </c>
       <c r="Y45" s="75"/>
       <c r="Z45" s="47"/>
       <c r="AA45" s="17"/>
       <c r="AB45" s="17"/>
       <c r="AC45" s="17"/>
       <c r="AD45" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AE45" s="16"/>
       <c r="AF45" s="16"/>
       <c r="AG45" s="16"/>
       <c r="AH45" s="48"/>
       <c r="AI45" s="47"/>
       <c r="AJ45" s="16"/>
-      <c r="AK45" s="16"/>
+      <c r="AK45" s="16" t="s">
+        <v>140</v>
+      </c>
       <c r="AL45" s="71"/>
       <c r="AM45" s="16"/>
       <c r="AN45" s="71"/>
       <c r="AO45" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AP45" s="16"/>
       <c r="AQ45" s="48"/>
       <c r="AR45" s="71"/>
       <c r="AS45" s="16"/>
       <c r="AT45" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AU45" s="16"/>
       <c r="AV45" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AW45" s="16"/>
       <c r="AX45" s="10" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="46" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B46" s="126"/>
       <c r="C46" s="89"/>
       <c r="D46" s="111"/>
       <c r="E46" s="89"/>
       <c r="F46" s="110"/>
       <c r="G46" s="89"/>
       <c r="H46" s="89"/>
       <c r="I46" s="89"/>
       <c r="J46" s="109"/>
       <c r="K46" s="110" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L46" s="89" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M46" s="18"/>
       <c r="N46" s="111" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O46" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P46" s="27" t="s">
         <v>92</v>
       </c>
       <c r="Q46" s="15" t="s">
         <v>92</v>
       </c>
       <c r="R46" s="89"/>
       <c r="S46" s="109"/>
       <c r="T46" s="62" t="s">
         <v>46</v>
       </c>
       <c r="U46" s="62" t="s">
         <v>28</v>
       </c>
       <c r="V46" s="79"/>
       <c r="W46" s="80"/>
       <c r="X46" s="52">
         <v>101</v>
       </c>
       <c r="Y46" s="52" t="s">
         <v>61</v>
       </c>
       <c r="Z46" s="114"/>
       <c r="AA46" s="89" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AB46" s="89" t="s">
         <v>91</v>
       </c>
       <c r="AC46" s="89" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD46" s="89" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE46" s="89" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="AF46" s="89"/>
       <c r="AG46" s="89"/>
       <c r="AH46" s="109"/>
-      <c r="AI46" s="114"/>
+      <c r="AI46" s="114" t="s">
+        <v>117</v>
+      </c>
       <c r="AJ46" s="110" t="s">
         <v>97</v>
       </c>
       <c r="AK46" s="27" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AL46" s="89"/>
       <c r="AM46" s="89" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AN46" s="89" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AO46" s="89" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AP46" s="89"/>
       <c r="AQ46" s="109"/>
       <c r="AR46" s="110" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AS46" s="89" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AT46" s="89" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AU46" s="89"/>
       <c r="AV46" s="110" t="s">
         <v>97</v>
       </c>
       <c r="AW46" s="110" t="s">
         <v>91</v>
       </c>
       <c r="AX46" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="122" t="s">
+        <v>117</v>
+      </c>
+      <c r="C47" s="17"/>
+      <c r="D47" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E47" s="16" t="s">
         <v>121</v>
       </c>
-      <c r="C47" s="17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="125" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G47" s="12" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H47" s="71" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="I47" s="16"/>
       <c r="J47" s="48"/>
       <c r="K47" s="71" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L47" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="M47" s="16" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="N47" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="O47" s="16" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="P47" s="16"/>
       <c r="Q47" s="131"/>
       <c r="R47" s="16"/>
       <c r="S47" s="17"/>
       <c r="T47" s="72" t="s">
         <v>71</v>
       </c>
       <c r="U47" s="49" t="s">
         <v>30</v>
       </c>
       <c r="V47" s="73"/>
       <c r="W47" s="74"/>
       <c r="X47" s="75">
         <v>123</v>
       </c>
       <c r="Y47" s="75"/>
       <c r="Z47" s="94"/>
       <c r="AA47" s="14"/>
       <c r="AB47" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AC47" s="131" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AD47" s="12"/>
       <c r="AE47" s="10"/>
       <c r="AF47" s="12"/>
       <c r="AG47" s="24"/>
       <c r="AH47" s="95"/>
-      <c r="AI47" s="185" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AI47" s="185"/>
+      <c r="AJ47" s="14"/>
+      <c r="AK47" s="14"/>
+      <c r="AL47" s="12"/>
       <c r="AM47" s="12" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AN47" s="12" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AO47" s="94"/>
       <c r="AP47" s="24"/>
       <c r="AQ47" s="95"/>
       <c r="AR47" s="131"/>
       <c r="AS47" s="154"/>
       <c r="AT47" s="14"/>
       <c r="AU47" s="14"/>
       <c r="AV47" s="71"/>
       <c r="AW47" s="14"/>
       <c r="AX47" s="16"/>
     </row>
     <row r="48" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B48" s="36"/>
       <c r="C48" s="17"/>
       <c r="D48" s="16"/>
       <c r="E48" s="16"/>
       <c r="F48" s="125" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G48" s="12"/>
       <c r="H48" s="71"/>
       <c r="I48" s="10"/>
       <c r="J48" s="48"/>
       <c r="K48" s="71"/>
       <c r="L48" s="16"/>
       <c r="M48" s="16"/>
       <c r="N48" s="16"/>
       <c r="O48" s="16"/>
-      <c r="P48" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P48" s="16"/>
       <c r="Q48" s="16"/>
       <c r="R48" s="16"/>
       <c r="S48" s="17"/>
       <c r="T48" s="49" t="s">
         <v>29</v>
       </c>
       <c r="U48" s="49" t="s">
         <v>30</v>
       </c>
       <c r="V48" s="73"/>
       <c r="W48" s="74"/>
       <c r="X48" s="75">
         <v>118</v>
       </c>
       <c r="Y48" s="75" t="s">
         <v>76</v>
       </c>
       <c r="Z48" s="36"/>
       <c r="AA48" s="10"/>
       <c r="AB48" s="10" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AC48" s="16" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AD48" s="10"/>
       <c r="AE48" s="10"/>
       <c r="AF48" s="10"/>
       <c r="AG48" s="10"/>
       <c r="AH48" s="37"/>
       <c r="AI48" s="151"/>
       <c r="AJ48" s="16"/>
       <c r="AK48" s="16"/>
       <c r="AL48" s="10"/>
       <c r="AM48" s="10"/>
       <c r="AN48" s="10"/>
       <c r="AO48" s="10"/>
       <c r="AP48" s="10"/>
       <c r="AQ48" s="37"/>
       <c r="AR48" s="153"/>
       <c r="AS48" s="91"/>
       <c r="AT48" s="71"/>
       <c r="AV48" s="134"/>
       <c r="AW48" s="16"/>
       <c r="AX48" s="16"/>
     </row>
     <row r="49" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B49" s="36"/>
       <c r="C49" s="16"/>
       <c r="D49" s="11"/>
       <c r="E49" s="16"/>
       <c r="F49" s="22"/>
       <c r="G49" s="10"/>
       <c r="H49" s="26"/>
       <c r="J49" s="37"/>
       <c r="K49" s="71"/>
       <c r="L49" s="16"/>
       <c r="M49" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="N49" s="16" t="s">
+        <v>116</v>
+      </c>
+      <c r="O49" s="16" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="P49" s="16"/>
       <c r="Q49" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="R49" s="10"/>
       <c r="S49" s="11"/>
       <c r="T49" s="49"/>
       <c r="U49" s="49" t="s">
         <v>26</v>
       </c>
       <c r="V49" s="87"/>
       <c r="W49" s="88"/>
       <c r="X49" s="39">
         <v>218</v>
       </c>
       <c r="Y49" s="39"/>
       <c r="Z49" s="36" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AA49" s="10" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AB49" s="190"/>
       <c r="AC49" s="16"/>
       <c r="AD49" s="10"/>
       <c r="AE49" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AF49" s="10" t="s">
-        <v>117</v>
+        <v>152</v>
       </c>
       <c r="AG49" s="16"/>
       <c r="AH49" s="48"/>
       <c r="AI49" s="151" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AJ49" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AK49" s="16"/>
       <c r="AL49" s="16"/>
       <c r="AM49" s="16"/>
       <c r="AN49" s="16"/>
       <c r="AO49" s="16"/>
       <c r="AP49" s="16"/>
       <c r="AQ49" s="48"/>
       <c r="AR49" s="151" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AS49" s="134"/>
       <c r="AT49" s="26"/>
       <c r="AU49" s="26"/>
       <c r="AV49" s="12"/>
       <c r="AW49" s="16"/>
       <c r="AX49" s="10"/>
     </row>
     <row r="50" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B50" s="128" t="s">
+        <v>117</v>
+      </c>
+      <c r="C50" s="15"/>
+      <c r="D50" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E50" s="15" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F50" s="23"/>
       <c r="G50" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H50" s="27" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="96"/>
       <c r="K50" s="97"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="N50" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="O50" s="15" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" s="15"/>
       <c r="S50" s="96"/>
       <c r="T50" s="162" t="s">
         <v>38</v>
       </c>
       <c r="U50" s="76" t="s">
         <v>30</v>
       </c>
       <c r="V50" s="77"/>
       <c r="W50" s="78"/>
       <c r="X50" s="43">
         <v>118</v>
       </c>
       <c r="Y50" s="102"/>
       <c r="Z50" s="97"/>
       <c r="AA50" s="15"/>
       <c r="AB50" s="15"/>
       <c r="AC50" s="15"/>
       <c r="AD50" s="15"/>
       <c r="AE50" s="10"/>
       <c r="AF50" s="15"/>
       <c r="AG50" s="15"/>
       <c r="AH50" s="96"/>
-      <c r="AI50" s="97" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="AI50" s="97"/>
+      <c r="AJ50" s="15"/>
+      <c r="AK50" s="15"/>
+      <c r="AL50" s="15"/>
       <c r="AM50" s="15"/>
       <c r="AN50" s="15"/>
       <c r="AO50" s="27"/>
       <c r="AP50" s="15"/>
       <c r="AQ50" s="96"/>
       <c r="AR50" s="152"/>
       <c r="AS50" s="119"/>
       <c r="AT50" s="110"/>
       <c r="AU50" s="110"/>
       <c r="AV50" s="15"/>
       <c r="AW50" s="15"/>
       <c r="AX50" s="15"/>
     </row>
     <row r="51" spans="2:50" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B51" s="122"/>
       <c r="C51" s="16"/>
       <c r="D51" s="131" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E51" s="19" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F51" s="14"/>
       <c r="G51" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H51" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I51" s="16"/>
       <c r="J51" s="48"/>
       <c r="K51" s="16"/>
       <c r="L51" s="16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="M51" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N51" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="O51" s="16"/>
       <c r="P51" s="16" t="s">
         <v>91</v>
       </c>
       <c r="Q51" s="16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="R51" s="16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S51" s="17"/>
       <c r="T51" s="90" t="s">
         <v>31</v>
       </c>
       <c r="U51" s="55" t="s">
         <v>85</v>
       </c>
       <c r="V51" s="66"/>
       <c r="W51" s="67"/>
       <c r="X51" s="35"/>
       <c r="Y51" s="75" t="s">
         <v>73</v>
       </c>
       <c r="Z51" s="71"/>
       <c r="AA51" s="16"/>
       <c r="AB51" s="16"/>
       <c r="AC51" s="16"/>
       <c r="AD51" s="16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AE51" s="14" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AF51" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AG51" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AH51" s="48"/>
       <c r="AI51" s="47" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AJ51" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AK51" s="16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AL51" s="16" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AM51" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AN51" s="16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AO51" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AP51" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AQ51" s="48"/>
       <c r="AR51" s="103"/>
       <c r="AS51" s="104"/>
       <c r="AT51" s="104"/>
       <c r="AU51" s="104" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AV51" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AW51" s="16"/>
       <c r="AX51" s="16"/>
     </row>
     <row r="52" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B52" s="122"/>
       <c r="C52" s="16"/>
       <c r="D52" s="91" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E52" s="17" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F52" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G52" s="16" t="s">
         <v>92</v>
       </c>
       <c r="H52" s="71"/>
       <c r="I52" s="16"/>
       <c r="J52" s="48"/>
       <c r="K52" s="71"/>
       <c r="L52" s="16" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M52" s="17" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="N52" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="O52" s="24" t="s">
         <v>91</v>
       </c>
       <c r="P52" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Q52" s="16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="R52" s="16"/>
       <c r="S52" s="11"/>
       <c r="T52" s="59" t="s">
         <v>32</v>
       </c>
       <c r="U52" s="59" t="s">
         <v>85</v>
       </c>
       <c r="V52" s="144"/>
       <c r="W52" s="145"/>
       <c r="X52" s="75"/>
       <c r="Y52" s="75"/>
       <c r="Z52" s="71"/>
       <c r="AA52" s="16"/>
       <c r="AB52" s="16" t="s">
         <v>92</v>
       </c>
       <c r="AC52" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AD52" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AE52" s="16" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AF52" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AG52" s="16" t="s">
         <v>91</v>
       </c>
       <c r="AH52" s="48"/>
       <c r="AI52" s="47"/>
       <c r="AJ52" s="16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AK52" s="16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AL52" s="16" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AM52" s="16" t="s">
         <v>92</v>
       </c>
       <c r="AN52" s="16"/>
       <c r="AO52" s="16"/>
       <c r="AP52" s="16"/>
       <c r="AQ52" s="48"/>
       <c r="AR52" s="103"/>
       <c r="AS52" s="104"/>
       <c r="AT52" s="104"/>
       <c r="AU52" s="104"/>
       <c r="AV52" s="16"/>
       <c r="AW52" s="16"/>
       <c r="AX52" s="16"/>
     </row>
     <row r="53" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="128"/>
       <c r="C53" s="15"/>
       <c r="D53" s="18" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H53" s="27" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J53" s="96"/>
       <c r="K53" s="27"/>
       <c r="L53" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M53" s="18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N53" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="O53" s="15" t="s">
         <v>91</v>
       </c>
       <c r="P53" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Q53" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="R53" s="15"/>
       <c r="S53" s="18"/>
       <c r="T53" s="99" t="s">
         <v>67</v>
       </c>
       <c r="U53" s="99" t="s">
         <v>85</v>
       </c>
       <c r="V53" s="100"/>
       <c r="W53" s="101"/>
       <c r="X53" s="102"/>
       <c r="Y53" s="102"/>
       <c r="Z53" s="27"/>
       <c r="AA53" s="15"/>
       <c r="AB53" s="135"/>
       <c r="AC53" s="135"/>
       <c r="AD53" s="169" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AE53" s="135" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AF53" s="15" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AG53" s="15"/>
       <c r="AH53" s="96"/>
       <c r="AI53" s="97"/>
       <c r="AJ53" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AK53" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AL53" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AM53" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AN53" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AO53" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AP53" s="15" t="s">
         <v>91</v>
       </c>
       <c r="AQ53" s="96"/>
       <c r="AR53" s="27" t="s">
         <v>91</v>
       </c>
       <c r="AS53" s="15"/>
       <c r="AT53" s="15"/>
       <c r="AU53" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AV53" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AW53" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AX53" s="15"/>
     </row>
     <row r="54" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B54" s="129"/>
       <c r="C54" s="116"/>
       <c r="D54" s="127"/>
       <c r="E54" s="127"/>
       <c r="F54" s="116"/>
       <c r="G54" s="116"/>
       <c r="H54" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J54" s="117"/>
       <c r="K54" s="118"/>
       <c r="L54" s="116"/>
       <c r="M54" s="116"/>
       <c r="N54" s="116"/>
       <c r="O54" s="116"/>
       <c r="P54" s="116"/>
       <c r="Q54" s="116"/>
       <c r="R54" s="116"/>
@@ -7736,343 +7722,343 @@
         <v>55</v>
       </c>
       <c r="U54" s="175" t="s">
         <v>49</v>
       </c>
       <c r="V54" s="176"/>
       <c r="W54" s="177"/>
       <c r="X54" s="178">
         <v>117</v>
       </c>
       <c r="Y54" s="178"/>
       <c r="Z54" s="179"/>
       <c r="AA54" s="116"/>
       <c r="AB54" s="116"/>
       <c r="AC54" s="116"/>
       <c r="AD54" s="116"/>
       <c r="AE54" s="116"/>
       <c r="AF54" s="116"/>
       <c r="AG54" s="116"/>
       <c r="AH54" s="117"/>
       <c r="AI54" s="179"/>
       <c r="AJ54" s="116"/>
       <c r="AK54" s="180"/>
       <c r="AL54" s="116"/>
       <c r="AM54" s="14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AN54" s="14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AO54" s="116"/>
       <c r="AP54" s="116"/>
       <c r="AQ54" s="117"/>
       <c r="AR54" s="118"/>
       <c r="AS54" s="116"/>
       <c r="AT54" s="116"/>
       <c r="AU54" s="116"/>
       <c r="AV54" s="116"/>
       <c r="AW54" s="116"/>
       <c r="AX54" s="116"/>
     </row>
     <row r="55" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B55" s="121"/>
       <c r="C55" s="14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D55" s="19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E55" s="14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F55" s="25"/>
-      <c r="G55" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G55" s="14"/>
       <c r="H55" s="28" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I55" s="14"/>
       <c r="J55" s="33"/>
       <c r="K55" s="28" t="s">
         <v>92</v>
       </c>
       <c r="L55" s="14"/>
       <c r="M55" s="14" t="s">
         <v>91</v>
       </c>
       <c r="N55" s="14" t="s">
         <v>91</v>
       </c>
       <c r="O55" s="14"/>
-      <c r="P55" s="14"/>
+      <c r="P55" s="14" t="s">
+        <v>137</v>
+      </c>
       <c r="Q55" s="14"/>
       <c r="R55" s="14"/>
       <c r="S55" s="19"/>
       <c r="T55" s="164" t="s">
         <v>34</v>
       </c>
       <c r="U55" s="181" t="s">
         <v>35</v>
       </c>
       <c r="V55" s="182"/>
       <c r="W55" s="183"/>
       <c r="X55" s="132">
         <v>221</v>
       </c>
       <c r="Y55" s="132"/>
       <c r="Z55" s="32" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AA55" s="14"/>
       <c r="AB55" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AC55" s="14"/>
       <c r="AD55" s="14"/>
       <c r="AE55" s="14" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF55" s="14" t="s">
         <v>92</v>
       </c>
       <c r="AG55" s="14"/>
       <c r="AH55" s="33"/>
       <c r="AI55" s="32" t="s">
         <v>91</v>
       </c>
-      <c r="AJ55" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AJ55" s="14"/>
       <c r="AK55" s="190"/>
-      <c r="AL55" s="14"/>
+      <c r="AL55" s="14" t="s">
+        <v>112</v>
+      </c>
       <c r="AM55" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AN55" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AO55" s="14"/>
       <c r="AP55" s="14"/>
       <c r="AQ55" s="33"/>
       <c r="AR55" s="28"/>
       <c r="AS55" s="14"/>
       <c r="AT55" s="14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AU55" s="14" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AV55" s="14"/>
       <c r="AW55" s="14" t="s">
         <v>92</v>
       </c>
       <c r="AX55" s="14"/>
     </row>
     <row r="56" spans="2:50" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B56" s="122"/>
       <c r="C56" s="16"/>
       <c r="D56" s="17"/>
       <c r="E56" s="91"/>
       <c r="F56" s="21" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G56" s="16"/>
       <c r="H56" s="71"/>
       <c r="I56" s="16"/>
       <c r="J56" s="48"/>
       <c r="K56" s="71"/>
       <c r="L56" s="16"/>
       <c r="M56" s="16"/>
       <c r="N56" s="16"/>
       <c r="O56" s="16"/>
       <c r="P56" s="16"/>
       <c r="Q56" s="16" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="R56" s="16"/>
       <c r="S56" s="17"/>
       <c r="T56" s="165"/>
       <c r="U56" s="168" t="s">
         <v>24</v>
       </c>
       <c r="V56" s="92"/>
       <c r="W56" s="93"/>
       <c r="X56" s="75">
         <v>321</v>
       </c>
       <c r="Y56" s="75" t="s">
         <v>58</v>
       </c>
       <c r="Z56" s="47"/>
       <c r="AA56" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AB56" s="16"/>
       <c r="AC56" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AD56" s="16" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AE56" s="16"/>
       <c r="AF56" s="16"/>
       <c r="AG56" s="16"/>
       <c r="AH56" s="48"/>
       <c r="AI56" s="16"/>
       <c r="AJ56" s="16"/>
       <c r="AK56" s="16"/>
       <c r="AL56" s="16"/>
       <c r="AM56" s="16"/>
       <c r="AN56" s="16"/>
       <c r="AO56" s="16"/>
       <c r="AP56" s="16"/>
       <c r="AQ56" s="48"/>
       <c r="AR56" s="47"/>
       <c r="AS56" s="16" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="AT56" s="16"/>
       <c r="AU56" s="16"/>
       <c r="AV56" s="91"/>
       <c r="AW56" s="16"/>
       <c r="AX56" s="16" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="57" spans="2:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B57" s="126" t="s">
         <v>93</v>
       </c>
       <c r="C57" s="111"/>
       <c r="D57" s="111"/>
       <c r="E57" s="184"/>
       <c r="F57" s="15"/>
       <c r="G57" s="89"/>
       <c r="H57" s="110"/>
       <c r="I57" s="89"/>
       <c r="J57" s="109"/>
       <c r="K57" s="110"/>
       <c r="L57" s="89" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="M57" s="89"/>
       <c r="N57" s="89"/>
       <c r="O57" s="89"/>
       <c r="P57" s="89"/>
       <c r="Q57" s="89"/>
       <c r="R57" s="89" t="s">
         <v>91</v>
       </c>
       <c r="S57" s="111"/>
       <c r="T57" s="170"/>
       <c r="U57" s="171" t="s">
         <v>86</v>
       </c>
       <c r="V57" s="172"/>
       <c r="W57" s="173"/>
       <c r="X57" s="174">
         <v>321</v>
       </c>
       <c r="Y57" s="174"/>
       <c r="Z57" s="110"/>
       <c r="AA57" s="89"/>
       <c r="AB57" s="89"/>
       <c r="AC57" s="15"/>
       <c r="AD57" s="89"/>
       <c r="AE57" s="89"/>
       <c r="AF57" s="89"/>
       <c r="AG57" s="89"/>
       <c r="AH57" s="109"/>
       <c r="AI57" s="110"/>
       <c r="AJ57" s="89"/>
       <c r="AK57" s="89"/>
       <c r="AL57" s="15"/>
       <c r="AM57" s="89"/>
       <c r="AN57" s="89"/>
       <c r="AO57" s="89" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AP57" s="89"/>
       <c r="AQ57" s="109"/>
       <c r="AR57" s="110" t="s">
         <v>91</v>
       </c>
       <c r="AS57" s="89"/>
       <c r="AT57" s="89"/>
       <c r="AU57" s="89"/>
       <c r="AV57" s="119" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AW57" s="89"/>
       <c r="AX57" s="89"/>
     </row>
     <row r="58" spans="2:50" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B58" s="20"/>
       <c r="C58" s="20"/>
       <c r="D58" s="20"/>
       <c r="E58" s="20"/>
       <c r="F58" s="20"/>
       <c r="G58" s="20"/>
       <c r="H58" s="20"/>
       <c r="I58" s="20"/>
       <c r="J58" s="20"/>
       <c r="K58" s="20"/>
       <c r="L58" s="20"/>
       <c r="M58" s="20"/>
       <c r="N58" s="20"/>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="20"/>
       <c r="T58" s="1"/>
     </row>
     <row r="59" spans="2:50" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" spans="2:50" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="61" spans="2:50" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="T61" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="AR4:AX4"/>
     <mergeCell ref="G1:U1"/>
     <mergeCell ref="M2:U2"/>
     <mergeCell ref="Y2:AE2"/>
     <mergeCell ref="X4:X5"/>
     <mergeCell ref="Y4:Y5"/>
     <mergeCell ref="Z4:AH4"/>
     <mergeCell ref="B4:J4"/>
     <mergeCell ref="K4:R4"/>
     <mergeCell ref="T4:T5"/>
     <mergeCell ref="U4:U5"/>
     <mergeCell ref="AI4:AQ4"/>
     <mergeCell ref="AN1:AV2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="8" scale="36" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="8" scale="51" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="22" max="78" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>