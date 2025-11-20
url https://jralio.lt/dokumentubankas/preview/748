--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,8028 +1,4573 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D52817" w:rsidRPr="007922A8" w:rsidRDefault="00D52817" w:rsidP="00D52817">
+    <w:p w14:paraId="5C95C58F" w14:textId="77777777" w:rsidR="00BE76D3" w:rsidRPr="00566A09" w:rsidRDefault="00BE76D3" w:rsidP="00BE76D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D52817" w:rsidRPr="007922A8" w:rsidRDefault="00D52817" w:rsidP="00D52817">
+    <w:p w14:paraId="78C8D87C" w14:textId="77777777" w:rsidR="00BE76D3" w:rsidRPr="00566A09" w:rsidRDefault="00BE76D3" w:rsidP="00BE76D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D52817" w:rsidRPr="007922A8" w:rsidRDefault="00D52817" w:rsidP="00D52817">
+    <w:p w14:paraId="4C260F92" w14:textId="70EE565C" w:rsidR="00BE76D3" w:rsidRPr="00566A09" w:rsidRDefault="00BE76D3" w:rsidP="00BE76D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
-[...8 lines deleted...]
-    <w:p w:rsidR="00D52817" w:rsidRPr="007922A8" w:rsidRDefault="00D52817" w:rsidP="00D52817">
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktoriaus 2023 m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00431D86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spalio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B303E0F" w14:textId="77777777" w:rsidR="00BE76D3" w:rsidRPr="00566A09" w:rsidRDefault="00BE76D3" w:rsidP="00BE76D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
-[...24 lines deleted...]
-    <w:p w:rsidR="00D62070" w:rsidRDefault="00D62070" w:rsidP="00D52817">
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C9C67A" w14:textId="77777777" w:rsidR="00D62070" w:rsidRPr="00566A09" w:rsidRDefault="00D62070" w:rsidP="00D52817">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3600" w:right="-20" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0093514E" w:rsidRDefault="0093514E" w:rsidP="00D62070">
+    <w:p w14:paraId="3BD00811" w14:textId="77777777" w:rsidR="0093514E" w:rsidRDefault="0093514E" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1217" w:right="1150"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0037148D" w:rsidRPr="00D62070" w:rsidRDefault="009A1794" w:rsidP="00D62070">
+    <w:p w14:paraId="1AC6FC0C" w14:textId="77777777" w:rsidR="00DC364D" w:rsidRPr="00566A09" w:rsidRDefault="00DC364D" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1217" w:right="1150"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DIREKTORIAUS PAVADUOTOJO </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D25489" w14:textId="77777777" w:rsidR="0037148D" w:rsidRPr="00566A09" w:rsidRDefault="009A1794" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1217" w:right="1150"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D62070">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIREKTORIAUS PAVADUOTOJO </w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŪKI</w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E01D5E0" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1217" w:right="1150"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EIGYBĖS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YMA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
-[...10 lines deleted...]
-    <w:p w:rsidR="009927B3" w:rsidRDefault="009927B3" w:rsidP="00D62070">
+    <w:p w14:paraId="51772351" w14:textId="77777777" w:rsidR="009927B3" w:rsidRPr="00566A09" w:rsidRDefault="009927B3" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00304A6D" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
+    <w:p w14:paraId="6292CD10" w14:textId="77777777" w:rsidR="00304A6D" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D62070">
+      <w:r w:rsidR="00304A6D" w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
+    <w:p w14:paraId="34D1DB92" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NDR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
+    <w:p w14:paraId="71E13412" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="003501F8">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6797940B" w14:textId="76D92A77" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00185B9A" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="45"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00130404" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>irektoriaus pavaduotojo</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1794" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ui </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8399D" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pareigybė </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009927B3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>priskiria</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00130404" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovų</w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grupei</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1794" w:rsidRPr="00566A09">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420229DC" w14:textId="6E7D5C95" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>yg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00185B9A" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1794" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6121" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680CBFE6" w14:textId="53F4D382" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00185B9A" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="67"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1794" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>irektoriaus pavaduotojas ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ui </w:t>
       </w:r>
-      <w:r w:rsidR="00F8399D" w:rsidRPr="00D62070">
-[...62 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesiogiai </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00497900">
-[...105 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...467 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aldus</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1794" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos direktoriui</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="003501F8">
-[...487 lines deleted...]
-    <w:p w:rsidR="00F8399D" w:rsidRPr="00D62070" w:rsidRDefault="00F8399D" w:rsidP="007B65F5">
+    <w:p w14:paraId="22C979A4" w14:textId="77777777" w:rsidR="009927B3" w:rsidRPr="00566A09" w:rsidRDefault="009927B3" w:rsidP="007B65F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009927B3" w:rsidRDefault="009927B3" w:rsidP="007B65F5">
-[...14 lines deleted...]
-    <w:p w:rsidR="00304A6D" w:rsidRPr="00D52817" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
+    <w:p w14:paraId="264C5E26" w14:textId="77777777" w:rsidR="00304A6D" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D52817">
+      <w:r w:rsidR="00304A6D" w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
+    <w:p w14:paraId="5AC49BEA" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SPECIALŪS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REIKALAVIMAI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ŠIAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAREIGAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D52817">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EINANČIAM</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OJUI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="00EE4871" w:rsidP="007B65F5">
+    <w:p w14:paraId="439E3E1E" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00EE4871" w:rsidP="007B65F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="003501F8">
-      <w:pPr>
+    <w:p w14:paraId="28C1E422" w14:textId="4FF0DA0B" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktoriaus pavaduotojo </w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kvali</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ikacijai keliami r</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ikal</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3159C106" w14:textId="0F768D5B" w:rsidR="00304A6D" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>ne žemes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>ip aukšt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>sis iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>ilavin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>mas</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4EC065" w14:textId="6B4C331B" w:rsidR="007B65F5" w:rsidRPr="00566A09" w:rsidRDefault="007B65F5" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mokėti bendrauti su žmonėmis, dirbti komandoje, būti pareiging</w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, sąžining</w:t>
+      </w:r>
+      <w:r w:rsidR="00497900" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, savarankiškai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7737CBE3" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="007B65F5" w:rsidP="009C7072">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
-[...23 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:right="-23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planuoti, organizuoti atsakingos srities veiklą</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3295C491" w14:textId="0EE7C780" w:rsidR="00304A6D" w:rsidRPr="00566A09" w:rsidRDefault="00497900" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktoriaus pavaduotojas </w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ūkiui </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ž</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D62070">
-[...22 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00304A6D" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>man</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ti: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADA248B" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>gimnazijos teritorijos priežiūros tvarką;</w:t>
+      </w:r>
+      <w:r w:rsidR="005F68D9" w:rsidRPr="00566A09">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2C2BB9" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>gimnazijos pastatų ir visų patalpų (klasių, kabinetų, dirbtuvių ir kt.) bei inventoriaus naudojimo ir priežiūros taisykles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A4C4E9" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>higienos normas ir taisykles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E183CE3" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>darbo santykius reglamentuojančius įstatymus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EED526A" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>buhalterinės apskaitos pagrindus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42800691" w14:textId="2322B268" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>priešgaisrinės</w:t>
+      </w:r>
+      <w:r w:rsidR="00336D50">
+        <w:t xml:space="preserve"> ir civilinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t xml:space="preserve"> saugos taisykles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413F299A" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>saugaus darbo taisykles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D780947" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>pirmosios medicininės pagalbos suteikimo priemones ir būdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69100543" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>gimnazijos nuostatus, darbo tvarkos taisykles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716A5F9E" w14:textId="77777777" w:rsidR="005F68D9" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>kitus gimnazijos veiklą reglamentuojančius dokumentus bei norminius aktus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B1DD05" w14:textId="1E10466C" w:rsidR="00304A6D" w:rsidRPr="00566A09" w:rsidRDefault="00304A6D" w:rsidP="005F68D9">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-23" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>savo pareigybės aprašymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7978DBD5" w14:textId="4C8CA815" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="005F68D9" w:rsidP="00185B9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00304A6D" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irektoriaus pavaduotojas </w:t>
+      </w:r>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ūkiui </w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pri</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lo vadov</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2AD4" w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>utis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7D9EEA" w14:textId="77777777" w:rsidR="009C7072" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="009C7072">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ietuvos Respublikos įsta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mais ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>poįs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>miniais aktais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A58B643" w14:textId="77777777" w:rsidR="007E6F76" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ietuvos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Respublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>riau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nutarim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ietuvos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Respu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">likoje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lioja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>čiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>norminiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aktais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ntuojan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>biud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>etinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>įs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>veiklą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>san</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kius, darbuotojų sau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir sv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332FDDCC" w14:textId="77777777" w:rsidR="007E6F76" w:rsidRPr="007A307B" w:rsidRDefault="002D2AD4" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>darbo tv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>rkos t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>kl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>ėmi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BA36BC" w14:textId="77777777" w:rsidR="007E6F76" w:rsidRPr="007A307B" w:rsidRDefault="002D2AD4" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>darbo sut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>rtimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401F082C" w14:textId="77777777" w:rsidR="007E6F76" w:rsidRPr="007A307B" w:rsidRDefault="002D2AD4" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>šiuo par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>s apra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285233F8" w14:textId="7F7ED785" w:rsidR="00EE4871" w:rsidRPr="007A307B" w:rsidRDefault="002D2AD4" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>kitais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A709D2" w:rsidRPr="007A307B">
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="88"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>lokalin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D62070">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>dokumentais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>(įsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>mais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="88"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D62070">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>potva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>kiais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="88"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>nur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>od</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>mais,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B65F5" w:rsidRPr="007A307B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>tai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:t>klėmis ir p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A307B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00304A6D" w:rsidRPr="00D62070">
-[...2248 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="007A307B">
         <w:t>n.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="002418F0" w:rsidP="001B4D84">
+    <w:p w14:paraId="0992B6E8" w14:textId="77777777" w:rsidR="00DC364D" w:rsidRPr="007A307B" w:rsidRDefault="00DC364D" w:rsidP="00DC364D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="927" w:right="-20"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74A06817" w14:textId="61D03375" w:rsidR="002418F0" w:rsidRPr="00566A09" w:rsidRDefault="002418F0" w:rsidP="001B4D84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D62070">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
+    <w:p w14:paraId="48C620A2" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="001B4D84">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ŠIAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EIGAS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EINANČIO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BUOTOJO</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UN</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
+      <w:r w:rsidRPr="00566A09">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
+    <w:p w14:paraId="73DEBE71" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC3A04" w:rsidRPr="00D62070" w:rsidRDefault="002418F0" w:rsidP="003501F8">
-[...31 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="433CDBDA" w14:textId="57EB7D6C" w:rsidR="00BC3A04" w:rsidRPr="00566A09" w:rsidRDefault="00F8399D" w:rsidP="007E6F76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>Direktoriaus pavaduotojo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082273A" w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> ūki</w:t>
       </w:r>
-      <w:r w:rsidR="00880CB2">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00880CB2" w:rsidRPr="00566A09">
         <w:t>ui</w:t>
       </w:r>
-      <w:r w:rsidR="00024D3F">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00024D3F" w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3A04" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t>funkcijos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="56541A5D" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>rganizuoja gimnazijos pagalbinių darbuotojų darbą, užtikrina, kad ūkio objektai būtų tinkamai prižiūrimi ir naudojami, kad gimnazijos ūkis funkcionuotų normaliai, nesukeldam</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>as gimnazijos veiklos sutrikimų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="65EC6D58" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad gimnazijos teritorijos poilsio, sporto ir kt. vietose esantys įrenginiai būtų tvarkingi, nepavojin</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t>gi sveikatai</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="76D3372D" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>ūpinasi, kad prie gimnazijos pastatų priėjimas ir pr</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>ivažiavimas būtų visada laisvas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4351B768" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad gimnazijos teritorijos apšvi</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>etimas būtų ne mažesnis kaip 20–</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>40 lx.,</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>o gimnazijos patalpų (klasių, kabinetų, dirbtuvių ir kt.) bendrasis bei vietinis apšvietimas atitik</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t>tų galiojančias higienos normas</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7E1E1927" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>ūpinasi, kad ne arčiau kaip 25 m atstumu nuo gimnazijos pastato ir virtuvės ant asfaltuotos plokštumos būtų pastatyti sandariai uždaromi kont</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>eineriai šiukšlėms ir atliekoms.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5CA90B3A" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>Ž</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t xml:space="preserve">iemos metu organizuoja sniego valymą nuo gimnazijos teritorijoje esančių kelių ir takų, </w:t>
       </w:r>
-      <w:r w:rsidR="007B65F5">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007B65F5" w:rsidRPr="00566A09">
         <w:t>užtikrina</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> kelių ir takų barstymą smėliu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="47E3B4A2" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad būtų laiku atliktas gimnazijos patalpų ir inventoriaus eilinis remontas, tinkamai pasiruoš</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>ta naujųjų mokslo metų pradžiai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="735B3F55" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad būtų laiku atliktas gimnazijos šildymo sistemos paru</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>ošimas rudens ir žiemos sezonui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="59892B77" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>rganizuoja gimnazijos aprūpinimą mokymo priemonėmis, mokymui reikalingomis medžiagomis, prietaisais, įrankiais ir įrengimais,  klasių ir kabinetų aprūpinimą suolais arba s</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>talais ir kėdėmis pagal poreikį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6F76F10A" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="005D1B7A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005D1B7A" w:rsidRPr="00566A09">
         <w:t xml:space="preserve">tikrina, kad fizikos, chemijos </w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>darbuotojams (kuriems tai privalu) būtų parengtos darbų saugos instrukcijos, a</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>tlieka darbuotojų instruktavimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A88A105" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="009927B3">
-[...20 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>asirūpina, kad kabinetuose ir klasėse, kur naudojami elektros ir mechaniniai prietaisai, cheminės medžiagos, būtų iškabintos jų saugaus naudojimo instrukcijos, kad tokiuose kabinetuose, klasėse, dirbtuvėse ir kitose gimnazijos direktoriaus nurodytose vietose būtų sukomplektuotos pirmosios pagalbos vaistinėlės. Tikrina, ar chemijos kabinete ir parengiamajame kabinete cheminiai reaktyvai laikomi užrakinamose spintose, ar jų k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
         <w:t>iekis atitinka leistinas normas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="26A152EA" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t xml:space="preserve">žtikrina, kad visos gimnazijos patalpos kasdien būtų valomos drėgnuoju būdu atidarius </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>ngus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="628B5CD9" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>rganizuoja gimnazijos aprūpinimą dezinfekavimo priemonėmis (plovikliais, valikliais), kuriuos aprobavo</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> Valstybinė higienos inspekcija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5DC494D8" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>eikalauja iš pavaldžių darbuotojų, kad klasės, kabinetai, dirbtuvės būtų valomi po pamokų ar būrelių veiklos, esan</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>t reikalui, valomi pakartotinai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7B819C26" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t xml:space="preserve">eikalauja, kad koridoriai, fojė, sanitariniai mazgai, būtų valomi </w:t>
       </w:r>
-      <w:r w:rsidR="00C91BD3">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C91BD3" w:rsidRPr="00566A09">
         <w:t>per pirmą, trečią ir penktą pamokas</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>, kad tualetams valyti būtų naudo</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>jamos leistos plovimo priemonės.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="33C5E406" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad unitazai du kartus per mėnesį būtų valomi šlapimo dr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t>uskas šalinančiomis priemonėmis</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="13C56D71" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>žtikrina, kad aktų salė būtų valoma po kiekvieno renginio, sporto salė būtų valoma drėgnuoju būdu, naudojant plovimo priemones, ir vėdinama po kiekvienos pamokos, kad iš technologijų kabineto po kiekvieno užsiėmimo būtų išvalytos šiukšlės, atliekos, skiedros, pašalinti skudurai, kad gimnazijos langų stiklai būtų valomi ne rečiau kaip du kartus per metus iš išorės ir kartą per ketvirtį iš vidaus, kad šviestuvai būtų valomi ne</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> rečiau</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t xml:space="preserve"> kaip kartą per ketvirtį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...47 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2805B048" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>eleidžia, kad elektros įrenginių prijungimui prie srovės šaltinio būtų naudojami laidai ir kabeliai su praradusia izoliavimo savybes ar pažeista izoliacija, kad laidai ir k</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>abeliai būtų nutiesti grindimis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...39 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="32259308" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:t>eikalauja iš pavaldžių darbuotojų, kad elektros skydai, skyd</w:t>
       </w:r>
-      <w:r w:rsidR="000357CF">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>eliai ir spintos būtų rakinamos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="50E84430" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>ontroliuoja, ar gimnazijos pranešimo apie gaisrą ir signaliz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>acijos sistema patikimai veikia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFF4E1E" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t xml:space="preserve">asirūpina, kad gimnazijos 200 kvadratinių metrų plotui tektų po vieną nustatytos talpos gesintuvą, bet ne mažiau kaip 2 vienetai kiekvienam aukštui, o fizikos, chemijos kabinetų, valgyklos, </w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
         <w:lastRenderedPageBreak/>
-        <w:t>8.</w:t>
-[...98 lines deleted...]
-        </w:rPr>
+        <w:t>ir dirbtuvių 50 kvadratinių metrų plotui – po 1 nustatytos talpos gesintuvą, bet ne mažiau kaip vienas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
+        <w:t xml:space="preserve"> gesintuvas kiekvienai patalpa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50654AED" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>ikrina, ar žmonių evakavimo keliai ir išėjimai, koridori</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>ai, laiptai neužkrauti daiktais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A44EF5" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>žtikrina, kad su veiksmų kilus gaisrui planu būt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3A04" w:rsidRPr="00566A09">
+        <w:t>ų supažindinti visi darbuotojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012490AE" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="002418F0" w:rsidRPr="00D62070">
-[...156 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>asirūpina, kad koridoriuose, laiptinėse ir ant evakuacijos durų būtų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t xml:space="preserve"> krypties (gelbėjimosi) ženklai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D48F3D7" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>oko ir instruktuota darbuotojus priešgaisrinės saugos klausimais, užtikrina, kad būtų parengta gimnazijos pr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>iešgaisrinės saugos instrukcija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6478CFC6" w14:textId="77777777" w:rsidR="00712E8B" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="002418F0" w:rsidRPr="00566A09">
+        <w:t>eikalauja, kad gimnazijos darbuotojai laikytųsi priešgaisrinio elgesio taisyklių, kad baigę užsiėmimus išjungtų visus elektros prietaisus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00BC3A04" w:rsidP="003501F8">
-[...235 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="411113C3" w14:textId="1B5DBE58" w:rsidR="00336D50" w:rsidRDefault="00336D50" w:rsidP="00336D50">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Civilinės saugos (toliau – CS) srityje vykdo CS pasirengimo ekstremalioms situacijoms priemones, informuoja visą gimnazijos bendruomenę apie galimus pavojus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472FEBAB" w14:textId="28C1B1CC" w:rsidR="00336D50" w:rsidRDefault="00336D50" w:rsidP="00336D50">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rūpinasi visų narių aprūpinimu asmeninėmis ir kolektyvinėmis saugos priemonėmis, patikrina civilinės slėptuvės stovį, įrangą, durų sandarumą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1470D212" w14:textId="75FE1D0C" w:rsidR="00336D50" w:rsidRDefault="00336D50" w:rsidP="00336D50">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Supažindina darbuotojus su CS signalais ir moko kaip elgtis juos išgirdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4737B2F0" w14:textId="025402AF" w:rsidR="00336D50" w:rsidRDefault="00336D50" w:rsidP="00336D50">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Praneša CS ir gelbėjimo tarnyboms apie susidariusią ekstremalią situaciją arba šios situacijos grėsmę ir vykdo tų tarnybų pareigūnų nurodymus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052308B1" w14:textId="683FFC28" w:rsidR="00336D50" w:rsidRPr="00566A09" w:rsidRDefault="00336D50" w:rsidP="00336D50">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Informuoja gimnazijos direktorių apie CS trūkumus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631292E5" w14:textId="007A075B" w:rsidR="002418F0" w:rsidRPr="00566A09" w:rsidRDefault="000357CF" w:rsidP="00712E8B">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00130404" w:rsidRPr="00566A09">
         <w:t>ykdo kitus teisėtus gimnazijos direktoriaus ir kontroliuojančių pareigūnų nurodymus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00130404" w:rsidRPr="00D62070" w:rsidRDefault="00130404" w:rsidP="00D62070">
+    <w:p w14:paraId="5A9A449D" w14:textId="77777777" w:rsidR="00130404" w:rsidRPr="00566A09" w:rsidRDefault="00130404" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002418F0" w:rsidRPr="00D62070" w:rsidRDefault="00C91BD3" w:rsidP="00D62070">
+    <w:p w14:paraId="6B472AAD" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="002D2AD4" w:rsidP="003E146D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00EE4871" w:rsidRPr="00D62070" w:rsidRDefault="002D2AD4" w:rsidP="00D62070">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243D216A" w14:textId="77777777" w:rsidR="00EE4871" w:rsidRPr="00566A09" w:rsidRDefault="00EE4871" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00130404" w:rsidRPr="00D62070" w:rsidRDefault="00130404" w:rsidP="00D62070">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5837AF01" w14:textId="77777777" w:rsidR="001751A1" w:rsidRPr="00566A09" w:rsidRDefault="001751A1" w:rsidP="00D62070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00130404" w:rsidRPr="00D62070" w:rsidRDefault="00C91BD3" w:rsidP="003501F8">
-[...1158 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="001751A1" w:rsidRPr="00566A09" w:rsidSect="005F63BE">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11908" w:h="16833" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F152B0" w:rsidRDefault="00F152B0" w:rsidP="005F63BE">
+    <w:p w14:paraId="4CD7E939" w14:textId="77777777" w:rsidR="00F574D5" w:rsidRDefault="00F574D5" w:rsidP="005F63BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F152B0" w:rsidRDefault="00F152B0" w:rsidP="005F63BE">
+    <w:p w14:paraId="31641BE1" w14:textId="77777777" w:rsidR="00F574D5" w:rsidRDefault="00F574D5" w:rsidP="005F63BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F152B0" w:rsidRDefault="00F152B0" w:rsidP="005F63BE">
+    <w:p w14:paraId="6ACDA615" w14:textId="77777777" w:rsidR="00F574D5" w:rsidRDefault="00F574D5" w:rsidP="005F63BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F152B0" w:rsidRDefault="00F152B0" w:rsidP="005F63BE">
+    <w:p w14:paraId="5E2608C8" w14:textId="77777777" w:rsidR="00F574D5" w:rsidRDefault="00F574D5" w:rsidP="005F63BE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1788546668"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="005F63BE" w:rsidRDefault="005F63BE">
+      <w:p w14:paraId="7E5A4655" w14:textId="77777777" w:rsidR="005F63BE" w:rsidRDefault="005F63BE">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009E6121">
+        <w:r w:rsidR="00336D50">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="005F63BE" w:rsidRDefault="005F63BE">
+  <w:p w14:paraId="68491FC4" w14:textId="77777777" w:rsidR="005F63BE" w:rsidRDefault="005F63BE">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="262F1B94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F40B7E2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58F21224"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E88623E0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1122" w:hanging="555"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1476406868">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="867990049">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE4871"/>
     <w:rsid w:val="00024D3F"/>
     <w:rsid w:val="000357CF"/>
     <w:rsid w:val="000B3362"/>
+    <w:rsid w:val="000D5CDB"/>
     <w:rsid w:val="00102481"/>
     <w:rsid w:val="00130404"/>
     <w:rsid w:val="001751A1"/>
+    <w:rsid w:val="00185B9A"/>
+    <w:rsid w:val="001B2429"/>
     <w:rsid w:val="001B4D84"/>
     <w:rsid w:val="002418F0"/>
     <w:rsid w:val="00294590"/>
     <w:rsid w:val="002D2AD4"/>
     <w:rsid w:val="00304A6D"/>
     <w:rsid w:val="00327A9C"/>
+    <w:rsid w:val="00336D50"/>
     <w:rsid w:val="00342DA3"/>
     <w:rsid w:val="003501F8"/>
+    <w:rsid w:val="00360C48"/>
     <w:rsid w:val="0037148D"/>
     <w:rsid w:val="003B4909"/>
     <w:rsid w:val="003E146D"/>
+    <w:rsid w:val="00431D86"/>
     <w:rsid w:val="00433E10"/>
     <w:rsid w:val="00497900"/>
+    <w:rsid w:val="00566A09"/>
     <w:rsid w:val="005B2B80"/>
     <w:rsid w:val="005B5412"/>
     <w:rsid w:val="005C1BC2"/>
     <w:rsid w:val="005D1B7A"/>
     <w:rsid w:val="005F63BE"/>
+    <w:rsid w:val="005F68D9"/>
     <w:rsid w:val="006C7F7A"/>
     <w:rsid w:val="006D3BE9"/>
+    <w:rsid w:val="006F6209"/>
+    <w:rsid w:val="00712E8B"/>
     <w:rsid w:val="00727017"/>
+    <w:rsid w:val="00775D8C"/>
+    <w:rsid w:val="007A307B"/>
     <w:rsid w:val="007B65F5"/>
+    <w:rsid w:val="007E6F76"/>
     <w:rsid w:val="0082273A"/>
     <w:rsid w:val="00880CB2"/>
+    <w:rsid w:val="008D09FA"/>
     <w:rsid w:val="0093514E"/>
     <w:rsid w:val="009927B3"/>
     <w:rsid w:val="009A1794"/>
+    <w:rsid w:val="009C7072"/>
     <w:rsid w:val="009E6121"/>
+    <w:rsid w:val="00A57643"/>
     <w:rsid w:val="00A709D2"/>
     <w:rsid w:val="00A7639C"/>
     <w:rsid w:val="00AA0CD9"/>
     <w:rsid w:val="00AB168C"/>
     <w:rsid w:val="00AB35A1"/>
     <w:rsid w:val="00AB526B"/>
+    <w:rsid w:val="00B73195"/>
     <w:rsid w:val="00BC3A04"/>
+    <w:rsid w:val="00BE76D3"/>
     <w:rsid w:val="00BE7DA3"/>
     <w:rsid w:val="00C35AC6"/>
     <w:rsid w:val="00C51925"/>
     <w:rsid w:val="00C91BD3"/>
+    <w:rsid w:val="00C935A2"/>
     <w:rsid w:val="00CB4F39"/>
     <w:rsid w:val="00CD2EF2"/>
     <w:rsid w:val="00D11F12"/>
+    <w:rsid w:val="00D33CBF"/>
     <w:rsid w:val="00D52817"/>
     <w:rsid w:val="00D60890"/>
     <w:rsid w:val="00D62070"/>
     <w:rsid w:val="00D65AB9"/>
     <w:rsid w:val="00DA189F"/>
+    <w:rsid w:val="00DC364D"/>
     <w:rsid w:val="00DC6EB7"/>
+    <w:rsid w:val="00DE4D8E"/>
+    <w:rsid w:val="00E006B2"/>
     <w:rsid w:val="00E40021"/>
     <w:rsid w:val="00E8258D"/>
     <w:rsid w:val="00EE4871"/>
     <w:rsid w:val="00F003D6"/>
+    <w:rsid w:val="00F1165C"/>
     <w:rsid w:val="00F152B0"/>
     <w:rsid w:val="00F257EA"/>
     <w:rsid w:val="00F370AD"/>
     <w:rsid w:val="00F443C2"/>
+    <w:rsid w:val="00F574D5"/>
     <w:rsid w:val="00F8399D"/>
     <w:rsid w:val="00FA0531"/>
     <w:rsid w:val="00FC7119"/>
     <w:rsid w:val="00FD57F7"/>
     <w:rsid w:val="00FE0217"/>
     <w:rsid w:val="00FE5000"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="08CEE9F4"/>
+  <w14:docId w14:val="30A6E520"/>
   <w15:docId w15:val="{52372F2F-756F-4013-AAD2-861EFB78D250}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8350,50 +4895,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -8499,58 +5049,73 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F63BE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005F63BE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="712777020">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8799,66 +5364,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>5304</Words>
-  <Characters>3024</Characters>
+  <Words>1033</Words>
+  <Characters>5894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8312</CharactersWithSpaces>
+  <CharactersWithSpaces>6914</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dainius</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>