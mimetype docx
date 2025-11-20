--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,223 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00666C21" w:rsidRPr="00625C03" w:rsidRDefault="00666C21" w:rsidP="00666C21">
+    <w:p w14:paraId="5F0171D1" w14:textId="77777777" w:rsidR="002B5FD0" w:rsidRPr="002B5FD0" w:rsidRDefault="002B5FD0" w:rsidP="002B5FD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
+      <w:r w:rsidRPr="002B5FD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00666C21" w:rsidRPr="00625C03" w:rsidRDefault="00666C21" w:rsidP="00666C21">
+    <w:p w14:paraId="55784D12" w14:textId="77777777" w:rsidR="002B5FD0" w:rsidRPr="002B5FD0" w:rsidRDefault="002B5FD0" w:rsidP="002B5FD0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
+      <w:r w:rsidRPr="002B5FD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00666C21" w:rsidRPr="00625C03" w:rsidRDefault="00666C21" w:rsidP="00666C21">
+    <w:p w14:paraId="0940EF61" w14:textId="4E8DD50F" w:rsidR="00BC337C" w:rsidRPr="00BC337C" w:rsidRDefault="00BC337C" w:rsidP="00BC337C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...8 lines deleted...]
-    <w:p w:rsidR="00666C21" w:rsidRPr="00625C03" w:rsidRDefault="00666C21" w:rsidP="00666C21">
+      <w:r w:rsidRPr="00BC337C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A473CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC337C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A473CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lapkričio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC337C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215A636F" w14:textId="6B28A3E3" w:rsidR="002B5FD0" w:rsidRPr="002B5FD0" w:rsidRDefault="002B5FD0" w:rsidP="002B5FD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...8 lines deleted...]
-    <w:p w:rsidR="004C692E" w:rsidRPr="00625C03" w:rsidRDefault="004C692E" w:rsidP="00765A19">
+      <w:r w:rsidRPr="002B5FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A55AD1" w14:textId="77777777" w:rsidR="004C692E" w:rsidRPr="00625C03" w:rsidRDefault="004C692E" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="3229" w:right="938" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB27FD" w:rsidRPr="00625C03" w:rsidRDefault="00CB27FD" w:rsidP="00765A19">
+    <w:p w14:paraId="1999C4F7" w14:textId="77777777" w:rsidR="00CB27FD" w:rsidRPr="00625C03" w:rsidRDefault="00CB27FD" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:left="3229" w:right="938" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB27FD" w:rsidRPr="00625C03" w:rsidRDefault="004B372F" w:rsidP="00BF5341">
+    <w:p w14:paraId="3B2604AF" w14:textId="77777777" w:rsidR="00CB27FD" w:rsidRPr="00625C03" w:rsidRDefault="004B372F" w:rsidP="00BF5341">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RAŠTINĖS ADMINISTRATORI</w:t>
       </w:r>
       <w:r w:rsidR="000830F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>US</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00BF5341">
+    <w:p w14:paraId="3C8E75F5" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00BF5341">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -288,91 +319,91 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00DC4027" w:rsidP="00765A19">
+    <w:p w14:paraId="404FFD50" w14:textId="77777777" w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00DC4027" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="00557B1D">
+    <w:p w14:paraId="57B5C093" w14:textId="77777777" w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="00557B1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00F722EE" w:rsidP="00557B1D">
+    <w:p w14:paraId="72A9B16C" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00F722EE" w:rsidP="00557B1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
@@ -481,100 +512,96 @@
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
+    <w:p w14:paraId="73087D42" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B7326A" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
+    <w:p w14:paraId="27BA4517" w14:textId="0EF010EC" w:rsidR="00B7326A" w:rsidRPr="00625C03" w:rsidRDefault="005F78D4" w:rsidP="00F116E8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="567"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">azijos </w:t>
+      <w:r>
+        <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00B7326A" w:rsidRPr="00625C03">
-        <w:t>raštinės administratoriaus pareigybė yra priskiriama specialistų grupei.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
+        <w:t>aštinės administratoriaus pareigybė yra priskiriama specialistų grupei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF93D6D" w14:textId="27D55D91" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00F116E8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="567"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
-        <w:t>2.</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00625C03">
         <w:t>Par</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
@@ -582,1152 +609,140 @@
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t xml:space="preserve">ės </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
-        <w:t>is:</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">riamas </w:t>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="005F78D4">
+        <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="006A7522" w:rsidRPr="00625C03">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
-        <w:t xml:space="preserve"> </w:t>
-[...33 lines deleted...]
-      <w:pPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781B417D" w14:textId="3F735C51" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="005F78D4" w:rsidP="00F116E8">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4259"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7522" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aštinės administratorius</w:t>
+      </w:r>
+      <w:r w:rsidR="00F722EE" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...953 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t xml:space="preserve">tiesiogiai </w:t>
+      </w:r>
+      <w:r w:rsidR="00F722EE" w:rsidRPr="00F116E8">
+        <w:t>pavaldus</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4027" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve"> direktoriui</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
+    <w:p w14:paraId="48AC479B" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="00181B59">
+    <w:p w14:paraId="1443CE11" w14:textId="77777777" w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="00181B59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00F722EE" w:rsidP="00181B59">
+    <w:p w14:paraId="084523F7" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00F722EE" w:rsidP="00181B59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
@@ -2253,2761 +1268,1551 @@
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00E3157E" w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
+    <w:p w14:paraId="5F8180A3" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="00765A19">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="0630D91E" w14:textId="56D7046C" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="00B95C59" w:rsidP="00F116E8">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="004B372F" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aštinės administratoriui</w:t>
+      </w:r>
+      <w:r w:rsidR="004B372F" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B95C59" w:rsidRPr="00625C03">
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>liami</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>kvalifik</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ac</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>iniai r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>ika</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t>avimai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="1B2F4B55" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="1" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1BCB" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ne žemesnis kaip aukštesnysis išsilavinimas ar specialusis vidurinis išsilavinimas, įgyti iki 1995 metų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="217FAE33" w14:textId="77777777" w:rsidR="0004498E" w:rsidRPr="0004498E" w:rsidRDefault="00DC4027" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="1360" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
         <w:t>darbo su informacinėmis technologijomis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve"> į</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ū</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>iai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="64058FBD" w14:textId="451714A4" w:rsidR="00DC4027" w:rsidRPr="0004498E" w:rsidRDefault="00DC4027" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="3126" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>als</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve">binės </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="00DC4027" w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0004498E">
         <w:t>albos taisyklingas vartojimas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="4468330E" w14:textId="2B7AD57A" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="00B95C59" w:rsidP="00F116E8">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="3126" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="3126" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Raštinės administratorius</w:t>
+      </w:r>
+      <w:r w:rsidR="007D6DB0" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B95C59" w:rsidRPr="00625C03">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> iš</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t>man</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t>ti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="56E1CC35" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="0004498E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="3027" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="3027" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC4027" w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00DC4027" w:rsidRPr="0004498E">
         <w:t>gimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve"> struktūr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>, darbo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>organizavimo principus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A59988E" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00DC4027" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="3027" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="3027" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
         <w:t>gimnazijos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve"> nuostatus, d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>rbo tvarkos tai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t>kles;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="581F9E2C" w14:textId="0BD23576" w:rsidR="00DC4027" w:rsidRPr="0004498E" w:rsidRDefault="00DC4027" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="2751" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="3027" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t xml:space="preserve"> v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>iklą r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>lam</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>uojan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>ius</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC4027" w:rsidRPr="00625C03">
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>normin</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...94 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
         <w:t xml:space="preserve">us aktus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="5003D93F" w14:textId="42E342A5" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="2751" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="2751" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>dokumentų tvar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>mo ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>apskaitos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>tai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...64 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F116E8">
         <w:t>kles;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC4027" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="3EB228DE" w14:textId="0F787A35" w:rsidR="00DC4027" w:rsidRPr="00F116E8" w:rsidRDefault="003F25F0" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="2726" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="2726" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="16"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>aštve</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>bos stan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>artus ir t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>kles;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F25F0" w:rsidRPr="00625C03">
-[...112 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="53D6A477" w14:textId="301AC5EA" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="00DC4027" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="2726" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="2726" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...27 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
         <w:t>dokumentų forminimo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve"> ir apdor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve">jimo </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
         <w:t>etodus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="6C703E92" w14:textId="43BF2767" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>dokumentų (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t xml:space="preserve">lų) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>gi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>o sau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>ojimui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="61"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t xml:space="preserve">ir jų naudojimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...120 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F116E8">
         <w:t>vark</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F116E8">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="00670C05">
-      <w:pPr>
+    <w:p w14:paraId="291D62F9" w14:textId="625E6541" w:rsidR="00B56698" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="119"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="119"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="119"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>sveikatos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="122"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>rinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="119"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>os,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="119"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>ap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="119"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="120"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003F25F0" w:rsidRPr="00F116E8">
+        <w:t>lektrosaugos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>ikal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F116E8">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...217 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F116E8">
         <w:t>vimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="009838C8">
-      <w:pPr>
+    <w:p w14:paraId="3588E6BF" w14:textId="26812397" w:rsidR="004F0096" w:rsidRPr="00F116E8" w:rsidRDefault="004F0096" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...65 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E571A">
+        <w:t>išmanyti Asmenų prašymų ir skundų nagrinėjimo viešojo administravimo subjektuose taisykles, patvirtintas LR Vyriausybės 2007-08-22 nutarimu Nr. 875;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="676AAEB7" w14:textId="0F3206D0" w:rsidR="00B56698" w:rsidRPr="00F116E8" w:rsidRDefault="004B372F" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F116E8">
+        <w:t>Raštinės administratorius</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4027" w:rsidRPr="00F116E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...70 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>privalo vado</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00F116E8">
+        <w:t>autis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D72DA9F" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="0004498E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-19" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB0780" w:rsidRPr="00625C03">
-[...17 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>ietuvos Respublikos įsta</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>mais ir poįsta</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>miniais aktais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B366E1" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00FB0780" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="4519" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...118 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>Lietuvos vyriausiojo archyvaro įsakymais ir kitais teisės aktais, reglamentuojančiais dokumentų rengimą tvarkymą bei apskaitą</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="0004498E">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD44C18" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="4519" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>darbo tv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>rkos t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>lėmi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D4C7102" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>darbo sut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...110 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>rtimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666F13CD" w14:textId="77777777" w:rsidR="0004498E" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>šiuo par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>s a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>mu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5752C39E" w14:textId="3BC09709" w:rsidR="00B56698" w:rsidRPr="0004498E" w:rsidRDefault="00E3157E" w:rsidP="0004498E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>kitais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="90"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00926262" w:rsidRPr="0004498E">
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="88"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00926262" w:rsidRPr="00625C03">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>lokalin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>dokumentais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>(įsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00F722EE" w:rsidRPr="0004498E">
+        <w:t>mais,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F722EE" w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="88"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>nur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>od</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>mais, tai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:t>klėmis ir p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004498E">
+        <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...86 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0004498E">
         <w:t>n.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF6609" w:rsidRPr="00625C03" w:rsidRDefault="00DF6609" w:rsidP="00181B59">
+    <w:p w14:paraId="1D27600A" w14:textId="77777777" w:rsidR="00DF6609" w:rsidRPr="00625C03" w:rsidRDefault="00DF6609" w:rsidP="00181B59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357" w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF6609" w:rsidRPr="00625C03" w:rsidRDefault="00DF6609" w:rsidP="00181B59">
-[...14 lines deleted...]
-    <w:p w:rsidR="00625C03" w:rsidRPr="00625C03" w:rsidRDefault="00625C03" w:rsidP="003F4C1F">
+    <w:p w14:paraId="0A9C18BB" w14:textId="77777777" w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="003F4C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00557B1D" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="003F4C1F">
+      <w:r w:rsidRPr="00625C03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216D8125" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00E3157E" w:rsidP="003F4C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-23"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625C03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>Š</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -5188,558 +2993,442 @@
         </w:rPr>
         <w:t>UN</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="003F4C1F">
+    <w:p w14:paraId="01003FA9" w14:textId="77777777" w:rsidR="00B56698" w:rsidRPr="00625C03" w:rsidRDefault="00B56698" w:rsidP="003F4C1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="320" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00926262" w:rsidRPr="00D03B2B" w:rsidRDefault="00BC5EBC" w:rsidP="00670C05">
-[...84 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0196FA5C" w14:textId="489A8E33" w:rsidR="00926262" w:rsidRPr="00FE3986" w:rsidRDefault="004B372F" w:rsidP="00FE3986">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...47 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE3986">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Raštinės administratorius </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:t xml:space="preserve">tlieka </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:t>ias funk</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3157E" w:rsidRPr="00FE3986">
+        <w:t>ijas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27027DC5" w14:textId="77777777" w:rsidR="00E65DFC" w:rsidRDefault="00A676A4" w:rsidP="00E65DFC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...39 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE3986">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> P</w:t>
+      </w:r>
+      <w:r w:rsidR="00926262" w:rsidRPr="00FE3986">
+        <w:t xml:space="preserve">riima gimnazijai siunčiamą korespondenciją, atlieka pirminį jos tvarkymą, registruoja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE3986">
+        <w:t>gaunamus ir siunčiamus raštus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F091995" w14:textId="77777777" w:rsidR="00E65DFC" w:rsidRDefault="00D43D5E" w:rsidP="00E65DFC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="-20" w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...26 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE3986">
+        <w:t>Sistemina gaunamus dokumentus ir informaciją, perduoda direktoriaus rezoliucijose nurodytiems vykdytojams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F116B5" w14:textId="356A6DF5" w:rsidR="004958C2" w:rsidRPr="00FE3986" w:rsidRDefault="001560A6" w:rsidP="00E65DFC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE3986">
         <w:t>Užtikrina keitimąsi informacija – p</w:t>
       </w:r>
-      <w:r w:rsidR="004958C2" w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004958C2" w:rsidRPr="00FE3986">
         <w:t>riima ir suteikia in</w:t>
       </w:r>
-      <w:r w:rsidR="0053604A">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0053604A" w:rsidRPr="00FE3986">
         <w:t>formaciją telefonu, el. paštu</w:t>
       </w:r>
-      <w:r w:rsidR="004958C2" w:rsidRPr="00625C03">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="004958C2" w:rsidRPr="00FE3986">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00674C81" w:rsidRPr="00625C03" w:rsidRDefault="00D03B2B" w:rsidP="00670C05">
+    <w:p w14:paraId="060111DC" w14:textId="77777777" w:rsidR="00674C81" w:rsidRPr="00625C03" w:rsidRDefault="00D03B2B" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00674C81" w:rsidRPr="00625C03">
         <w:t>Registruoja gimnazijos vidaus dokumentus atitinkamuose registruose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004958C2" w:rsidRPr="00625C03" w:rsidRDefault="001B131E" w:rsidP="00670C05">
+    <w:p w14:paraId="7216D686" w14:textId="77777777" w:rsidR="004958C2" w:rsidRPr="00625C03" w:rsidRDefault="001B131E" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>rganizuoja dokumentų rengimą</w:t>
       </w:r>
       <w:r w:rsidR="00670C05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>gimnazijoje pagal norminių ir metodinių dokumentų reikalavimus. To paties reikalauja iš darbuotojų</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D07935" w:rsidRPr="00625C03" w:rsidRDefault="00D07935" w:rsidP="00670C05">
+    <w:p w14:paraId="7130B5F5" w14:textId="77777777" w:rsidR="00D07935" w:rsidRPr="00625C03" w:rsidRDefault="00D07935" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t xml:space="preserve">Konsultuoja </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:rPr>
           <w:w w:val="101"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> darbuotojus dokumentų rengimo klausimais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003825CB" w:rsidRPr="00625C03" w:rsidRDefault="007C25E4" w:rsidP="00670C05">
+    <w:p w14:paraId="74C16BC4" w14:textId="77777777" w:rsidR="003825CB" w:rsidRPr="00625C03" w:rsidRDefault="007C25E4" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t>Gimnazijos direktoriaus nurodymu pateikia atskiriems vykdytojams reikalingus raštus, dokumentus ar informaciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A50E0D" w:rsidRPr="00625C03" w:rsidRDefault="003F4C1F" w:rsidP="00670C05">
+    <w:p w14:paraId="3B503078" w14:textId="77777777" w:rsidR="00A50E0D" w:rsidRPr="00625C03" w:rsidRDefault="003F4C1F" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t>Ruošia ir išduoda reikalingus dokumentus mokiniams ir (ar) jų tėvams (globėjams</w:t>
       </w:r>
       <w:r w:rsidR="00111C00" w:rsidRPr="00625C03">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BA7532" w:rsidRPr="00625C03">
         <w:t>rūpintojams</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00111C00" w:rsidRPr="00625C03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A51396" w:rsidRPr="00625C03" w:rsidRDefault="00A51396" w:rsidP="00670C05">
+    <w:p w14:paraId="0E604596" w14:textId="77777777" w:rsidR="00A51396" w:rsidRPr="00625C03" w:rsidRDefault="00A51396" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t xml:space="preserve">Kasmet rengia dokumentacijos planą, </w:t>
       </w:r>
       <w:r w:rsidR="00D4785B" w:rsidRPr="00625C03">
         <w:t>prireikus – jo papildymų sąrašą</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>, paruošia registrų sąrašą, registrų sąrašo papildymą</w:t>
       </w:r>
       <w:r w:rsidR="00A50E0D" w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> per EAIS</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>, formuoja bylas pagal nustatytus bylų indeksus, sutvarko praėjusiųjų metų n</w:t>
       </w:r>
       <w:r w:rsidR="00BA7532" w:rsidRPr="00625C03">
         <w:t>uolatinio, ilgo saugojimo bylas, tvarko gimnazijos archyvą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A676A4" w:rsidRPr="00625C03" w:rsidRDefault="00593DA3" w:rsidP="00670C05">
+    <w:p w14:paraId="1E5A44BD" w14:textId="77777777" w:rsidR="00A676A4" w:rsidRPr="00625C03" w:rsidRDefault="00593DA3" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="005D33FE" w:rsidRPr="00625C03">
         <w:t>žtikrina bylų išsaugojimą pagal jų saugojimo terminus, bylų perdav</w:t>
       </w:r>
       <w:r w:rsidR="00674818" w:rsidRPr="00625C03">
         <w:t>imą nustatytu laiku į archyvą</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009521D3" w:rsidRPr="00625C03" w:rsidRDefault="00EC35AD" w:rsidP="00670C05">
+    <w:p w14:paraId="080BD7D0" w14:textId="77777777" w:rsidR="009521D3" w:rsidRDefault="00EC35AD" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
         <w:t xml:space="preserve">Organizuoja </w:t>
       </w:r>
       <w:r w:rsidR="003825CB" w:rsidRPr="00625C03">
         <w:t>gimnazijos lankytojų</w:t>
       </w:r>
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> (mokinių tėv</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>ų</w:t>
       </w:r>
       <w:r w:rsidR="00B967F3">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t>globėj</w:t>
@@ -5768,1761 +3457,906 @@
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C03">
         <w:t>pirminės informacijos suteikimą</w:t>
       </w:r>
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t>, nurodo mokytojus,</w:t>
       </w:r>
       <w:r w:rsidR="009829D1" w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> specialistus,</w:t>
       </w:r>
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009829D1" w:rsidRPr="00625C03">
         <w:t>administracijos atstovus</w:t>
       </w:r>
       <w:r w:rsidR="009521D3" w:rsidRPr="00625C03">
         <w:t>, kurie kompetentingi spręsti l</w:t>
       </w:r>
       <w:r w:rsidR="009829D1" w:rsidRPr="00625C03">
         <w:t>ankytojams iškilusius klausimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F7FC0" w:rsidRPr="00625C03" w:rsidRDefault="00791235" w:rsidP="00670C05">
+    <w:p w14:paraId="6984F54B" w14:textId="41A567EF" w:rsidR="004F0096" w:rsidRPr="00662496" w:rsidRDefault="004F0096" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="1134"/>
-[...34 lines deleted...]
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...3 lines deleted...]
-    <w:p w:rsidR="00C34E21" w:rsidRPr="00625C03" w:rsidRDefault="008A239E" w:rsidP="00670C05">
+      <w:r w:rsidRPr="004E571A">
+        <w:t xml:space="preserve">Registruoja ir sistemina asmenų prašymus, pranešimus bei skundus, perduoda juos direktoriaus rezoliucijose nurodytiems vykdytojams, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00662496">
+        <w:t>užtikrina, kad būtų laikomasi nustatytų nagrinėjimo terminų</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6FDC" w:rsidRPr="00662496">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F65D65" w14:textId="48BDF3BE" w:rsidR="004F0096" w:rsidRDefault="004F0096" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...18 lines deleted...]
-    <w:p w:rsidR="00A93970" w:rsidRPr="00625C03" w:rsidRDefault="00525172" w:rsidP="00670C05">
+      <w:r w:rsidRPr="004E571A">
+        <w:t>Informuoja pareiškėjus apie prašymo ar skundo gavimą, registracijos datą, numerį, numatomą nagrinėjimo terminą ir sprendimą</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6FDC">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0450C3DD" w14:textId="003B9000" w:rsidR="004F0096" w:rsidRPr="00625C03" w:rsidRDefault="004F0096" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...12 lines deleted...]
-    <w:p w:rsidR="00A82E94" w:rsidRPr="00625C03" w:rsidRDefault="007C25E4" w:rsidP="00670C05">
+      <w:r w:rsidRPr="004E571A">
+        <w:t>Užtikrina, kad visi prašymai ir skundai būtų tvarkomi vadovaujantis LR Vyriausybės 2007-08-22 nutarimo Nr. 875 reikalavimais</w:t>
+      </w:r>
+      <w:r w:rsidR="001F67D2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4962EF2C" w14:textId="77777777" w:rsidR="006F7FC0" w:rsidRPr="00625C03" w:rsidRDefault="00791235" w:rsidP="00FE3986">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="634"/>
           <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00625C03">
+        <w:t xml:space="preserve">Tvarko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625C03">
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> darbuotojų dokumentus priimant ir atleidžiant iš darbo</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7FC0" w:rsidRPr="00625C03">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737E560E" w14:textId="77777777" w:rsidR="007502E8" w:rsidRPr="00625C03" w:rsidRDefault="007502E8" w:rsidP="00FE3986">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="634"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00625C03">
+        <w:t>Tvarko darbuotojų asmens bylas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B84694" w14:textId="77777777" w:rsidR="00C34E21" w:rsidRPr="00625C03" w:rsidRDefault="008A239E" w:rsidP="00FE3986">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="634"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00625C03">
+        <w:t>Koordinuoja dokumentų išdavimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E21" w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E21" w:rsidRPr="00625C03">
+        <w:rPr>
+          <w:w w:val="101"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> mokiniui</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E21" w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> išvykstant iš gimnazijos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48788065" w14:textId="77777777" w:rsidR="00A93970" w:rsidRPr="00625C03" w:rsidRDefault="00525172" w:rsidP="00FE3986">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="634"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00625C03">
+        <w:t>Paruošia ir i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93970" w:rsidRPr="00625C03">
+        <w:t>šduoda</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC30E3" w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> popierinius mokinio</w:t>
+      </w:r>
+      <w:r w:rsidR="00A93970" w:rsidRPr="00625C03">
+        <w:t xml:space="preserve"> pažymėjimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E27A5B" w14:textId="77777777" w:rsidR="00A82E94" w:rsidRPr="00625C03" w:rsidRDefault="007C25E4" w:rsidP="00FE3986">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="634"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00625C03">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="008C6129" w:rsidRPr="00625C03">
         <w:t xml:space="preserve">eičiantis raštinės </w:t>
       </w:r>
       <w:r w:rsidR="00CF42E9" w:rsidRPr="00625C03">
         <w:t>darbuotojui</w:t>
       </w:r>
       <w:r w:rsidR="008C6129" w:rsidRPr="00625C03">
         <w:t xml:space="preserve">, perduoda pagal aktą naujam </w:t>
       </w:r>
       <w:r w:rsidR="00B95C59" w:rsidRPr="00625C03">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00B95C59" w:rsidRPr="00625C03">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>aštinės administratoriui</w:t>
       </w:r>
       <w:r w:rsidR="00B95C59" w:rsidRPr="00625C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C6129" w:rsidRPr="00625C03">
         <w:t>bylas</w:t>
       </w:r>
       <w:r w:rsidR="00EB2633" w:rsidRPr="00625C03">
         <w:t>, nebaigtus tvarkyti dokumentus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00926262" w:rsidRPr="00625C03" w:rsidRDefault="00926262" w:rsidP="009838C8">
+    <w:p w14:paraId="787CE2D3" w14:textId="77777777" w:rsidR="00926262" w:rsidRPr="00625C03" w:rsidRDefault="00926262" w:rsidP="009838C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00926262" w:rsidRPr="00625C03" w:rsidRDefault="00557B1D" w:rsidP="00181B59">
-[...1206 lines deleted...]
-    <w:p w:rsidR="00D66E5B" w:rsidRPr="000D15B6" w:rsidRDefault="00D66E5B" w:rsidP="000D15B6">
+    <w:p w14:paraId="6A16BCD3" w14:textId="77777777" w:rsidR="00D66E5B" w:rsidRPr="000D15B6" w:rsidRDefault="00D66E5B" w:rsidP="000D15B6">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="360" w:right="-20"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="000D15B6">
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+    <w:p w14:paraId="0556D461" w14:textId="77777777" w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E9552D" w:rsidRPr="00625C03" w:rsidRDefault="00E9552D" w:rsidP="008B6E8E">
+    <w:p w14:paraId="6F1E4C07" w14:textId="77777777" w:rsidR="00E9552D" w:rsidRPr="00625C03" w:rsidRDefault="00E9552D" w:rsidP="008B6E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+    <w:p w14:paraId="1C093861" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk144798301"/>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Su pareigybės aprašymu susipažinau ir sutinku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C4A32D" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB4C932" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24974075" w14:textId="566315D2" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Raštinės administratoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>raštinės administratorius</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Vardas Pavardė parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5990924F" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A49B752" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0A4CCF83" w14:textId="77777777" w:rsidR="00E65DFC" w:rsidRDefault="00E65DFC" w:rsidP="008B6E8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4F0666" w14:textId="77777777" w:rsidR="0081486B" w:rsidRDefault="0081486B" w:rsidP="008B6E8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E1CA124" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Su pareigybės aprašymu susipažinau ir sutinku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5EC9A2" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E6A0060" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539D4960" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vardas, pavardė, parašas)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidRDefault="008B6E8E" w:rsidP="008B6E8E">
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Raštinės administratoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vardas Pavardė parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5414D44C" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00625C03">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="3E213B14" w14:textId="77777777" w:rsidR="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008B6E8E" w:rsidRPr="00625C03" w:rsidSect="00670C05">
+    <w:p w14:paraId="24400F7F" w14:textId="77777777" w:rsidR="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D6E027" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034F6922" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Su pareigybės aprašymu susipažinau ir sutinku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1880DF72" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2308E4B2" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273A47B3" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Raštinės administratoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vardas Pavardė parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DD5900" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23AC069B" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="0081486B" w:rsidRDefault="0081486B" w:rsidP="0081486B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0081486B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738104FF" w14:textId="77777777" w:rsidR="0081486B" w:rsidRPr="00625C03" w:rsidRDefault="0081486B" w:rsidP="008B6E8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0081486B" w:rsidRPr="00625C03" w:rsidSect="00670C05">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11908" w:h="16833" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E95DB7" w:rsidRDefault="00E95DB7" w:rsidP="00F72209">
+    <w:p w14:paraId="21E8252F" w14:textId="77777777" w:rsidR="00F67B8C" w:rsidRDefault="00F67B8C" w:rsidP="00F72209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E95DB7" w:rsidRDefault="00E95DB7" w:rsidP="00F72209">
+    <w:p w14:paraId="7D5FE2A8" w14:textId="77777777" w:rsidR="00F67B8C" w:rsidRDefault="00F67B8C" w:rsidP="00F72209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E95DB7" w:rsidRDefault="00E95DB7" w:rsidP="00F72209">
+    <w:p w14:paraId="70DA63E8" w14:textId="77777777" w:rsidR="00F67B8C" w:rsidRDefault="00F67B8C" w:rsidP="00F72209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E95DB7" w:rsidRDefault="00E95DB7" w:rsidP="00F72209">
+    <w:p w14:paraId="45965C00" w14:textId="77777777" w:rsidR="00F67B8C" w:rsidRDefault="00F67B8C" w:rsidP="00F72209">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1117179458"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00F72209" w:rsidRDefault="00F72209">
+      <w:p w14:paraId="1AD78F84" w14:textId="77777777" w:rsidR="00F72209" w:rsidRDefault="00F72209">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000830F3">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00F72209" w:rsidRDefault="00F72209">
+  <w:p w14:paraId="5AA98C79" w14:textId="77777777" w:rsidR="00F72209" w:rsidRDefault="00F72209">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="022B5044"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0764C8A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7751,67 +4585,188 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30ED3646"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="504E5608"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1554" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1854" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1854" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2214" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2214" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2574" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2574" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2934" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42881594"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5CCA27B8"/>
+    <w:tmpl w:val="5362473C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="4"/>
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7863,81 +4818,288 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="528339F4"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2C5404A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="346"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60F13B20"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="88E2CD3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1494" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2421" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2988" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3915" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4482" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5409" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5976" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6903" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="666327DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58ECEC7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B142D83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="93CC7694"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="13"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="439"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C8D37C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E9808D1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8007,51 +5169,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A42776F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8216FDE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8120,387 +5282,434 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1653558367">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2005934489">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1830517432">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="225652206">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2133204945">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2133864229">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="358433668">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1500850653">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="151414782">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="10" w16cid:durableId="38364021">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="11" w16cid:durableId="227421812">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
-[...2 lines deleted...]
-  <w:num w:numId="8">
+  <w:num w:numId="12" w16cid:durableId="1393429790">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="13" w16cid:durableId="2089881434">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B56698"/>
     <w:rsid w:val="000026FA"/>
     <w:rsid w:val="000370AD"/>
     <w:rsid w:val="0004391D"/>
+    <w:rsid w:val="0004498E"/>
     <w:rsid w:val="0004676C"/>
     <w:rsid w:val="000700BF"/>
     <w:rsid w:val="000830F3"/>
     <w:rsid w:val="000A0F0B"/>
+    <w:rsid w:val="000A4CF4"/>
     <w:rsid w:val="000B044E"/>
     <w:rsid w:val="000D15B6"/>
     <w:rsid w:val="00111C00"/>
     <w:rsid w:val="00112005"/>
     <w:rsid w:val="0011275C"/>
     <w:rsid w:val="0011451E"/>
     <w:rsid w:val="00121E92"/>
+    <w:rsid w:val="00122515"/>
     <w:rsid w:val="00136C9F"/>
     <w:rsid w:val="0014109A"/>
     <w:rsid w:val="0015374B"/>
     <w:rsid w:val="001560A6"/>
     <w:rsid w:val="001710D1"/>
     <w:rsid w:val="00181B59"/>
     <w:rsid w:val="001828CA"/>
+    <w:rsid w:val="00186B89"/>
     <w:rsid w:val="001A0C93"/>
+    <w:rsid w:val="001A6FDC"/>
+    <w:rsid w:val="001B01A3"/>
     <w:rsid w:val="001B131E"/>
+    <w:rsid w:val="001B60A7"/>
     <w:rsid w:val="001F656D"/>
+    <w:rsid w:val="001F67D2"/>
     <w:rsid w:val="00204B61"/>
     <w:rsid w:val="00215893"/>
     <w:rsid w:val="00237606"/>
     <w:rsid w:val="0024705E"/>
     <w:rsid w:val="00276108"/>
     <w:rsid w:val="002A50DD"/>
     <w:rsid w:val="002B45A8"/>
+    <w:rsid w:val="002B5FD0"/>
+    <w:rsid w:val="002C61E2"/>
+    <w:rsid w:val="002E6237"/>
     <w:rsid w:val="002F35A3"/>
     <w:rsid w:val="002F602C"/>
     <w:rsid w:val="00313414"/>
     <w:rsid w:val="0033096D"/>
     <w:rsid w:val="00333FD3"/>
     <w:rsid w:val="00344DED"/>
     <w:rsid w:val="003825CB"/>
     <w:rsid w:val="003A2EF0"/>
+    <w:rsid w:val="003C19D8"/>
     <w:rsid w:val="003E22B7"/>
     <w:rsid w:val="003F1C00"/>
     <w:rsid w:val="003F25F0"/>
     <w:rsid w:val="003F4890"/>
     <w:rsid w:val="003F4C1F"/>
     <w:rsid w:val="003F70FD"/>
     <w:rsid w:val="004003A5"/>
     <w:rsid w:val="00415791"/>
     <w:rsid w:val="004324F0"/>
     <w:rsid w:val="00446885"/>
+    <w:rsid w:val="00481C76"/>
     <w:rsid w:val="00490996"/>
     <w:rsid w:val="004958C2"/>
     <w:rsid w:val="004B28C8"/>
     <w:rsid w:val="004B372F"/>
     <w:rsid w:val="004B63AF"/>
     <w:rsid w:val="004C692E"/>
     <w:rsid w:val="004D2977"/>
+    <w:rsid w:val="004E3121"/>
     <w:rsid w:val="004E7EE5"/>
+    <w:rsid w:val="004F0096"/>
     <w:rsid w:val="004F1ABF"/>
     <w:rsid w:val="0051315F"/>
     <w:rsid w:val="00525172"/>
+    <w:rsid w:val="0053381A"/>
     <w:rsid w:val="00535152"/>
     <w:rsid w:val="0053604A"/>
     <w:rsid w:val="00536487"/>
     <w:rsid w:val="00554223"/>
     <w:rsid w:val="00557B1D"/>
     <w:rsid w:val="00580F98"/>
     <w:rsid w:val="00593DA3"/>
     <w:rsid w:val="00594848"/>
     <w:rsid w:val="005B0DE6"/>
     <w:rsid w:val="005D33FE"/>
     <w:rsid w:val="005D6742"/>
+    <w:rsid w:val="005F6E15"/>
+    <w:rsid w:val="005F78D4"/>
     <w:rsid w:val="006008AB"/>
     <w:rsid w:val="006159EC"/>
     <w:rsid w:val="00625C03"/>
     <w:rsid w:val="00627156"/>
     <w:rsid w:val="00636D16"/>
     <w:rsid w:val="0064264A"/>
     <w:rsid w:val="006605A2"/>
+    <w:rsid w:val="00662496"/>
     <w:rsid w:val="00666C21"/>
     <w:rsid w:val="00670C05"/>
     <w:rsid w:val="00674818"/>
     <w:rsid w:val="00674C81"/>
     <w:rsid w:val="00675454"/>
     <w:rsid w:val="00677A68"/>
     <w:rsid w:val="00683F5D"/>
     <w:rsid w:val="00684736"/>
     <w:rsid w:val="006A7522"/>
     <w:rsid w:val="006D5159"/>
     <w:rsid w:val="006F7FC0"/>
     <w:rsid w:val="0070224E"/>
     <w:rsid w:val="0072749B"/>
     <w:rsid w:val="007303C1"/>
+    <w:rsid w:val="00732A3C"/>
     <w:rsid w:val="00736B8F"/>
     <w:rsid w:val="007502E8"/>
     <w:rsid w:val="00750EA2"/>
     <w:rsid w:val="00753C53"/>
     <w:rsid w:val="00754474"/>
     <w:rsid w:val="00765A19"/>
     <w:rsid w:val="00782790"/>
     <w:rsid w:val="00791235"/>
+    <w:rsid w:val="007A640B"/>
     <w:rsid w:val="007B22D2"/>
+    <w:rsid w:val="007B2615"/>
     <w:rsid w:val="007C16E1"/>
     <w:rsid w:val="007C25E4"/>
+    <w:rsid w:val="007C7980"/>
     <w:rsid w:val="007D594A"/>
     <w:rsid w:val="007D6DB0"/>
     <w:rsid w:val="007D77FF"/>
     <w:rsid w:val="00804130"/>
+    <w:rsid w:val="0081486B"/>
     <w:rsid w:val="00815130"/>
     <w:rsid w:val="00833C4F"/>
     <w:rsid w:val="0088070C"/>
     <w:rsid w:val="00894F9A"/>
     <w:rsid w:val="00895182"/>
     <w:rsid w:val="008A239E"/>
     <w:rsid w:val="008B2E65"/>
     <w:rsid w:val="008B6E8E"/>
     <w:rsid w:val="008C6129"/>
+    <w:rsid w:val="008D4489"/>
+    <w:rsid w:val="008F54DE"/>
     <w:rsid w:val="009027F9"/>
     <w:rsid w:val="009029B4"/>
     <w:rsid w:val="00904839"/>
     <w:rsid w:val="009061C4"/>
     <w:rsid w:val="0091145F"/>
     <w:rsid w:val="00926262"/>
     <w:rsid w:val="009317D3"/>
     <w:rsid w:val="00941962"/>
     <w:rsid w:val="009521D3"/>
     <w:rsid w:val="009557A8"/>
     <w:rsid w:val="009731F6"/>
     <w:rsid w:val="00973814"/>
     <w:rsid w:val="009829D1"/>
     <w:rsid w:val="009838C8"/>
     <w:rsid w:val="00995C1B"/>
     <w:rsid w:val="009A7CDB"/>
+    <w:rsid w:val="009B2D06"/>
     <w:rsid w:val="009C53AD"/>
     <w:rsid w:val="009C6552"/>
     <w:rsid w:val="009D19C0"/>
     <w:rsid w:val="009E1BCB"/>
     <w:rsid w:val="009E38F4"/>
     <w:rsid w:val="009E4DC6"/>
+    <w:rsid w:val="00A003C2"/>
     <w:rsid w:val="00A160CF"/>
     <w:rsid w:val="00A27CD6"/>
     <w:rsid w:val="00A40DEB"/>
     <w:rsid w:val="00A41E21"/>
+    <w:rsid w:val="00A473CF"/>
     <w:rsid w:val="00A50E0D"/>
     <w:rsid w:val="00A51396"/>
     <w:rsid w:val="00A56E2F"/>
     <w:rsid w:val="00A676A4"/>
+    <w:rsid w:val="00A746E7"/>
     <w:rsid w:val="00A82E94"/>
     <w:rsid w:val="00A93970"/>
     <w:rsid w:val="00AB6E55"/>
     <w:rsid w:val="00AC603B"/>
     <w:rsid w:val="00AD2A92"/>
     <w:rsid w:val="00AD2C42"/>
     <w:rsid w:val="00AD2DA2"/>
     <w:rsid w:val="00AE38AC"/>
     <w:rsid w:val="00B32485"/>
     <w:rsid w:val="00B35341"/>
     <w:rsid w:val="00B56698"/>
     <w:rsid w:val="00B5712F"/>
     <w:rsid w:val="00B6324F"/>
     <w:rsid w:val="00B66013"/>
     <w:rsid w:val="00B70E2F"/>
     <w:rsid w:val="00B71C3F"/>
     <w:rsid w:val="00B7326A"/>
     <w:rsid w:val="00B87A84"/>
     <w:rsid w:val="00B95C59"/>
     <w:rsid w:val="00B96483"/>
     <w:rsid w:val="00B967F3"/>
     <w:rsid w:val="00BA7532"/>
     <w:rsid w:val="00BB1B72"/>
     <w:rsid w:val="00BC081A"/>
     <w:rsid w:val="00BC30E3"/>
+    <w:rsid w:val="00BC337C"/>
     <w:rsid w:val="00BC5EBC"/>
     <w:rsid w:val="00BF5341"/>
     <w:rsid w:val="00C00B1C"/>
     <w:rsid w:val="00C134F7"/>
     <w:rsid w:val="00C22963"/>
     <w:rsid w:val="00C34E21"/>
     <w:rsid w:val="00C76964"/>
     <w:rsid w:val="00C907A3"/>
     <w:rsid w:val="00C96A3A"/>
     <w:rsid w:val="00CB27FD"/>
     <w:rsid w:val="00CC2BC4"/>
     <w:rsid w:val="00CC5966"/>
     <w:rsid w:val="00CC7C15"/>
     <w:rsid w:val="00CF42E9"/>
     <w:rsid w:val="00CF55DC"/>
     <w:rsid w:val="00D03B2B"/>
     <w:rsid w:val="00D06ECC"/>
     <w:rsid w:val="00D07935"/>
     <w:rsid w:val="00D12CCB"/>
     <w:rsid w:val="00D20E2F"/>
     <w:rsid w:val="00D21170"/>
     <w:rsid w:val="00D21BFC"/>
     <w:rsid w:val="00D26A92"/>
     <w:rsid w:val="00D37596"/>
     <w:rsid w:val="00D43D5E"/>
     <w:rsid w:val="00D4785B"/>
     <w:rsid w:val="00D60535"/>
     <w:rsid w:val="00D66E5B"/>
     <w:rsid w:val="00DA1E31"/>
     <w:rsid w:val="00DC0F29"/>
     <w:rsid w:val="00DC4027"/>
     <w:rsid w:val="00DD7BEF"/>
     <w:rsid w:val="00DE2350"/>
     <w:rsid w:val="00DE5C85"/>
     <w:rsid w:val="00DF0C4C"/>
     <w:rsid w:val="00DF6609"/>
     <w:rsid w:val="00E3157E"/>
     <w:rsid w:val="00E367B7"/>
+    <w:rsid w:val="00E65DFC"/>
     <w:rsid w:val="00E67BC4"/>
     <w:rsid w:val="00E76866"/>
     <w:rsid w:val="00E9552D"/>
     <w:rsid w:val="00E95DB7"/>
     <w:rsid w:val="00EA0C3C"/>
     <w:rsid w:val="00EB2633"/>
     <w:rsid w:val="00EC11F5"/>
     <w:rsid w:val="00EC13AE"/>
     <w:rsid w:val="00EC35AD"/>
     <w:rsid w:val="00ED5DAD"/>
+    <w:rsid w:val="00F116E8"/>
     <w:rsid w:val="00F212FC"/>
     <w:rsid w:val="00F2348D"/>
     <w:rsid w:val="00F31FA9"/>
     <w:rsid w:val="00F33B1E"/>
     <w:rsid w:val="00F47DEF"/>
     <w:rsid w:val="00F65FBD"/>
+    <w:rsid w:val="00F67B8C"/>
     <w:rsid w:val="00F72209"/>
     <w:rsid w:val="00F722EE"/>
+    <w:rsid w:val="00F91605"/>
     <w:rsid w:val="00FB0780"/>
     <w:rsid w:val="00FD00AA"/>
     <w:rsid w:val="00FD7474"/>
+    <w:rsid w:val="00FE3986"/>
     <w:rsid w:val="00FE558E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="79F2E2D7"/>
+  <w14:docId w14:val="06C71379"/>
   <w15:docId w15:val="{3E10209F-17D1-4317-9ACE-CEE8A7BEEF86}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8828,50 +6037,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -9033,53 +6247,92 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00DF6609"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="201290494">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="347871756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="996150331">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1726486816">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
@@ -9348,73 +6601,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>3136</Words>
-  <Characters>1789</Characters>
+  <Words>685</Words>
+  <Characters>3908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4916</CharactersWithSpaces>
+  <CharactersWithSpaces>4584</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dainius</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>