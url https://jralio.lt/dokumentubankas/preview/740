--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,224 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0081639D" w:rsidRPr="007922A8" w:rsidRDefault="0081639D" w:rsidP="00AD6B6D">
+    <w:p w14:paraId="41203919" w14:textId="77777777" w:rsidR="006C1BF5" w:rsidRPr="006C1BF5" w:rsidRDefault="006C1BF5" w:rsidP="006C1BF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
+      <w:r w:rsidRPr="006C1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081639D" w:rsidRPr="007922A8" w:rsidRDefault="0081639D" w:rsidP="00AD6B6D">
+    <w:p w14:paraId="0C3B598A" w14:textId="77777777" w:rsidR="006C1BF5" w:rsidRPr="006C1BF5" w:rsidRDefault="006C1BF5" w:rsidP="006C1BF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
+      <w:r w:rsidRPr="006C1BF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081639D" w:rsidRPr="007922A8" w:rsidRDefault="0081639D" w:rsidP="00AD6B6D">
+    <w:p w14:paraId="23FB62B1" w14:textId="77777777" w:rsidR="000B7F3F" w:rsidRPr="000B7F3F" w:rsidRDefault="000B7F3F" w:rsidP="000B7F3F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> d.</w:t>
+      <w:r w:rsidRPr="000B7F3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 2023 m. rugsėjo  d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081639D" w:rsidRPr="007922A8" w:rsidRDefault="0081639D" w:rsidP="00AD6B6D">
+    <w:p w14:paraId="3CA21439" w14:textId="77777777" w:rsidR="006C1BF5" w:rsidRPr="006C1BF5" w:rsidRDefault="006C1BF5" w:rsidP="006C1BF5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007922A8">
-[...29 lines deleted...]
-        <w:t>83</w:t>
+      <w:r w:rsidRPr="006C1BF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.V1-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="0081639D">
+    <w:p w14:paraId="30EEB0A4" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="0081639D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004210A9" w:rsidRPr="005523AE" w:rsidRDefault="004210A9" w:rsidP="00695549">
+    <w:p w14:paraId="4FFB4690" w14:textId="77777777" w:rsidR="004210A9" w:rsidRPr="005523AE" w:rsidRDefault="004210A9" w:rsidP="00695549">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007904EE" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00695549">
+    <w:p w14:paraId="75CEEAFC" w14:textId="77777777" w:rsidR="007904EE" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00695549">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1877" w:right="1810"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KIEMS</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -253,51 +198,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00695549">
+    <w:p w14:paraId="1E19BC3C" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00695549">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1877" w:right="1810"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAR</w:t>
       </w:r>
@@ -390,105 +335,105 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YMA</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="00B50C35" w:rsidP="00B50C35">
+    <w:p w14:paraId="5C5718D8" w14:textId="77777777" w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="00B50C35" w:rsidP="00B50C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
+    <w:p w14:paraId="14610883" w14:textId="77777777" w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00DD3A59" w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
+    <w:p w14:paraId="69904E99" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
@@ -599,1244 +544,426 @@
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00B50C35">
+    <w:p w14:paraId="60242895" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00B50C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005D75AB" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00D12C92">
-[...2 lines deleted...]
-        <w:ind w:right="1" w:firstLine="567"/>
+    <w:p w14:paraId="6635D6A2" w14:textId="54A63421" w:rsidR="005D75AB" w:rsidRPr="00505147" w:rsidRDefault="000619E0" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...56 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iemsa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="008E463D" w:rsidRPr="005523AE">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s yra </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>riskiriama</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93368" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekvalifikuotų </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rbininkų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rupei. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A780461" w14:textId="5B3563D6" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...52 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>yg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000619E0" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>D.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C421DB" w14:textId="3AAE8439" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="009A6274" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="1" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ki</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>emsa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="000619E0" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiesiogiai </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pav</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">rupei. </w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ldus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00284F40" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojui ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A66" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ui</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00D12C92">
-[...941 lines deleted...]
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00217B27">
+    <w:p w14:paraId="7353730C" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00217B27">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD3A59" w:rsidRPr="005523AE" w:rsidRDefault="00DD3A59" w:rsidP="00FD4C45">
+    <w:p w14:paraId="63717ECE" w14:textId="77777777" w:rsidR="00DD3A59" w:rsidRPr="005523AE" w:rsidRDefault="00DD3A59" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="157"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00FD4C45">
+    <w:p w14:paraId="141A90F6" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="157"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
@@ -2024,2771 +1151,1824 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IAM</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJUI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00FD4C45">
+    <w:p w14:paraId="5A37E4F6" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="2D57A907" w14:textId="2ABD6704" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kiemsar</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>io</w:t>
       </w:r>
-      <w:r w:rsidR="00E73C28" w:rsidRPr="005523AE">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E73C28" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kvalifika</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="94"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>netaikomi</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="93"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>iš</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ilavin</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mo</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="93"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="91"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>prof</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>sinės</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="92"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kval</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>fik</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ijos r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ikal</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vimai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D75AB" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4384" w:firstLine="566"/>
+    <w:p w14:paraId="16FC4E75" w14:textId="77F1A666" w:rsidR="005D75AB" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="4384" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kiemsar</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>is turi</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>šm</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ti: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4384" w:firstLine="566"/>
+    <w:p w14:paraId="685A9AF8" w14:textId="1E049B18" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="4384" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pav</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>stos prižiūrėti teritorijos riba</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980EE3" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="2257" w:firstLine="566"/>
+    <w:p w14:paraId="76F80C55" w14:textId="3E6C1AFA" w:rsidR="00980EE3" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="2257" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pri</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>iūrimai teritorijai k</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mus s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nitarinius r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ikalavi</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="2257" w:firstLine="566"/>
+    <w:p w14:paraId="24FE1CD4" w14:textId="679152F8" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="2257" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>buitin</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ų atliekų tvark</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mo</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pagrindu</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="43A4C5E9" w14:textId="15010128" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nusta</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tą pran</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>šimų apie</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>gimnazijoje</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> į</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kusį į</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kį t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ark</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="23494DC5" w14:textId="110D805D" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00505147">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vand</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ntiekio</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="59"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="61"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ijos,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="60"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dujų,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="60"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>elektr</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="59"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ši</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>umos</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="61"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tinklų</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="61"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>av</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rinių</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="59"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">bų iškvietimo </w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ele</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>onų nume</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="4E39350A" w14:textId="1B619F88" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>šiukšl</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ų išvežimo </w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>fik</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D75AB" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4299" w:firstLine="566"/>
+    <w:p w14:paraId="03B49C80" w14:textId="34F09FF6" w:rsidR="005D75AB" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vals</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>binės v</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>liavos iškė</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">o datas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4299" w:firstLine="566"/>
+    <w:p w14:paraId="42E48223" w14:textId="14A59C60" w:rsidR="0024087D" w:rsidRPr="00505147" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kiemsar</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>is privalo vad</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vautis:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD3A59" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4518" w:firstLine="566"/>
+    <w:p w14:paraId="08076960" w14:textId="77777777" w:rsidR="00A36316" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>darbo tv</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rkos t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>lėmi</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00505147">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="4518" w:firstLine="566"/>
+    <w:p w14:paraId="34C5038F" w14:textId="77777777" w:rsidR="00A36316" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>darbo sut</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rtimi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="2DE2C1E7" w14:textId="77777777" w:rsidR="00A36316" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>šiuo par</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ig</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ė</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s apr</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...2 lines deleted...]
-        <w:ind w:left="1" w:right="-20" w:firstLine="566"/>
+    <w:p w14:paraId="4706E17F" w14:textId="74B2B27E" w:rsidR="0024087D" w:rsidRPr="00A36316" w:rsidRDefault="0082605C" w:rsidP="00A36316">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kitais</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="90"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>įs</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ai</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="88"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>lokalin</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="89"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dokumentais</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(įsa</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mais,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="88"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>potva</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kiais,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="88"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nur</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>od</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mais, tai</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>klėmis ir p</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="005523AE">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A36316">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>n.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="00B50C35" w:rsidP="00FD4C45">
+    <w:p w14:paraId="6E05B23B" w14:textId="77777777" w:rsidR="00B50C35" w:rsidRPr="005523AE" w:rsidRDefault="00B50C35" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD3A59" w:rsidRPr="005523AE" w:rsidRDefault="00DD3A59" w:rsidP="00FD4C45">
+    <w:p w14:paraId="6B936D41" w14:textId="77777777" w:rsidR="00DD3A59" w:rsidRPr="005523AE" w:rsidRDefault="00DD3A59" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00FD4C45">
+    <w:p w14:paraId="11D33F24" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00FD4C45">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
@@ -4991,7614 +3171,4146 @@
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00695549">
+    <w:p w14:paraId="702A0A89" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00695549">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00217B27">
-[...6145 lines deleted...]
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B57D28">
+    <w:p w14:paraId="17E32E65" w14:textId="7B38E148" w:rsidR="0024087D" w:rsidRPr="00996100" w:rsidRDefault="0082605C" w:rsidP="00996100">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...68 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r w:rsidRPr="00996100">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Kiemsar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996100">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00996100">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is atlieka šias funkcijas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="1B806DA7" w14:textId="77777777" w:rsidR="006D5A9B" w:rsidRDefault="00E73C28" w:rsidP="006D5A9B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...14 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...3 lines deleted...]
-        <w:t>iežiūrą;</w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dėdamas</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dar</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ą,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>eina</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ritoriją</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>įs</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kina</w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>visi</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>šul</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>niai</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>den</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00980EE3" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="0081639D" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dang</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iais, </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r nėra</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nu</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ktų oro elektr</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s lini</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042187A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ų laidų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="344062E2" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...11 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>alaiko p</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...5 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>zdi</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> teritorijoje; </w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ą ir šv</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teritorijo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>je</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5A9B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="13F2CDF1" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...38 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>usta</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tu</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>laiku</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="76"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="73"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="76"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vak</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...16 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tvarko</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pav</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>stą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>teritoriją,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="73"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kusį</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>laiką</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="76"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>stebi te</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>itorijos būk</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ę, n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lsdamas</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šalina te</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">itorijoje </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tsiradusi</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s šiukšles.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="0F9FD45D" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...21 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iekvienų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>metų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="101"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pav</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sarį</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="101"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="100"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rud</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nį</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="100"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atlieka</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rindinį</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="100"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>teritorijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="100"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tvar</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mą: šiukšles,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sausą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>olę,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>itusius</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>medžių</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>labus,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>med</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ių</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>krūmų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>šak</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="59"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...8 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>bia</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="59"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>krūv</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...18 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="66"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r pasirūpina, k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">iūrą; </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>d jos būtų paš</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lintos </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>š gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teritorijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="5506DAB0" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...27 lines deleted...]
-          <w:spacing w:val="-1"/>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>asirūpina,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>šiuk</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lės</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...8 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kitos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atliekos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>būtų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kr</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>namos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...37 lines deleted...]
-        <w:t>ojimą;</w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tam</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kslui</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>skirtus konteinerius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="3DB8909E" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...48 lines deleted...]
-        <w:t xml:space="preserve">ojimą. </w:t>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3A59" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>urodo direktoriaus pavaduotojui ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A66" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ui </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tvarkos pa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>eidėjus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B57D28" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="4371CAB1" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...20 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ri</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iūri,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>transporto</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>priemon</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nebūtų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>stat</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ant</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vej</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ažinėtų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="50"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">per </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>eldinius,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>želdinių net</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...23 lines deleted...]
-        <w:t>ės pažeidimus;</w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tų pėstieji.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="00B57D28" w:rsidP="00B57D28">
+    <w:p w14:paraId="4CE28BFD" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="2492" w:firstLine="567"/>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005523AE">
-[...5 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>odina ir pri</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
-[...32 lines deleted...]
-      <w:r w:rsidR="0082605C" w:rsidRPr="005523AE">
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iūri </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>eldini</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s ir </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="008E463D" w:rsidRPr="005523AE">
-[...74 lines deleted...]
-        <w:t>mo;</w:t>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nus, </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>arpo krū</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>us, nupjauna</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>žolę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0081639D" w:rsidP="00217B27">
-      <w:pPr>
+    <w:p w14:paraId="254BD8A9" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ša</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3A59" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojui ūk</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A66" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iui </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>teritorijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>paste</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ėtus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>med</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ius,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ū</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>usias šak</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s, kurios</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ga</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>li kelti p</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vojų aplink</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>niams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9AD972" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ri</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iūri, kad v</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ikai n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>žaistų transporto judėjimo zonos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21256E25" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ran</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ša</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="67"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vūnų</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="64"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ms</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="65"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="63"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>paste</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ėtus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="65"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="64"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ritorijo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="64"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="62"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>etoliese es</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ius valk</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00980EE3" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>aujan</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ius</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir ben</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mius </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vūnus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605F5346" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>asdien p</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lina t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ritorijo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>č</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ias šiukšles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5ACA99" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ran</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ša</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="41"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3A59" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojui ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A66" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ui </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="42"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ritorijo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="42"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pasteb</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>artinus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="42"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>daiktus, medžia</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>linč</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>as sp</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ti ar kit</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ip pa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>enkti sveikatai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21035FAD" w14:textId="77777777" w:rsidR="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ran</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ša</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3A59" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojui ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00136A66" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ui</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3A59" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijoje</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atsir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dusi</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kenk</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>jus</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>asi</w:t>
+      </w:r>
+      <w:r w:rsidR="00980EE3" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>prie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>onių kenk</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>jams p</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lint</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735F32A6" w14:textId="2E855F80" w:rsidR="0024087D" w:rsidRPr="00393E9A" w:rsidRDefault="00E73C28" w:rsidP="00393E9A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>Ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iemos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="128"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="128"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nukasa</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="123"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>snie</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="125"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="128"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>šalina</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="127"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ledą</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="127"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="129"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E463D" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="126"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>teritorijo</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="125"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nuo privažiavimo kelių,</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šaligatvių, prie </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tliekų surink</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mo konteine</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ių, pabarsto</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>takus ir kelius smėli</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, pasirūpina, k</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>d n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>elsia</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>būtų nudau</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ž</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>omi</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nuo st</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ų paste</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ėti</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s le</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o varv</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0082605C" w:rsidRPr="00393E9A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kliai</w:t>
+      </w:r>
+      <w:r w:rsidR="00496F62">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2626FAD9" w14:textId="77777777" w:rsidR="007806D6" w:rsidRPr="005523AE" w:rsidRDefault="007806D6" w:rsidP="0081639D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1" w:right="-20" w:firstLine="567"/>
-[...611 lines deleted...]
-      </w:r>
+        <w:ind w:left="3618" w:right="-20" w:firstLine="993"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
+    <w:p w14:paraId="40722A14" w14:textId="77777777" w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0082605C" w:rsidP="00B50C35">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3080" w:right="-20" w:hanging="2938"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -12747,481 +7459,192 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00B50C35" w:rsidRPr="005523AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidRDefault="0024087D" w:rsidP="00695549">
-[...287 lines deleted...]
-    <w:sectPr w:rsidR="0048136F" w:rsidRPr="005523AE" w:rsidSect="00F407A3">
+    <w:sectPr w:rsidR="0024087D" w:rsidRPr="005523AE" w:rsidSect="00F407A3">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11908" w:h="16833" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F665DC" w:rsidRDefault="00F665DC" w:rsidP="0048136F">
+    <w:p w14:paraId="2751F70D" w14:textId="77777777" w:rsidR="004F0A6F" w:rsidRDefault="004F0A6F" w:rsidP="0048136F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F665DC" w:rsidRDefault="00F665DC" w:rsidP="0048136F">
+    <w:p w14:paraId="4B21EC46" w14:textId="77777777" w:rsidR="004F0A6F" w:rsidRDefault="004F0A6F" w:rsidP="0048136F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F665DC" w:rsidRDefault="00F665DC" w:rsidP="0048136F">
+    <w:p w14:paraId="66D2881A" w14:textId="77777777" w:rsidR="004F0A6F" w:rsidRDefault="004F0A6F" w:rsidP="0048136F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F665DC" w:rsidRDefault="00F665DC" w:rsidP="0048136F">
+    <w:p w14:paraId="0FF3B968" w14:textId="77777777" w:rsidR="004F0A6F" w:rsidRDefault="004F0A6F" w:rsidP="0048136F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-86312884"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="0048136F" w:rsidRDefault="0048136F">
+      <w:p w14:paraId="62C41ACD" w14:textId="77777777" w:rsidR="0048136F" w:rsidRDefault="0048136F">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F407A3">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="0048136F" w:rsidRDefault="0048136F">
+  <w:p w14:paraId="184514A6" w14:textId="77777777" w:rsidR="0048136F" w:rsidRDefault="0048136F">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A0D0119"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E967F08"/>
     <w:lvl w:ilvl="0" w:tplc="29946EC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="9.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13380,180 +7803,425 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C2A62F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D26A262"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AD76486"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="349251DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="987" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="452754476">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="326133251">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1849054442">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1732843968">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0024087D"/>
+    <w:rsid w:val="000619E0"/>
+    <w:rsid w:val="000B7F3F"/>
     <w:rsid w:val="00136A66"/>
     <w:rsid w:val="00217B27"/>
     <w:rsid w:val="0024087D"/>
     <w:rsid w:val="00284F40"/>
     <w:rsid w:val="002F75BC"/>
+    <w:rsid w:val="0039319E"/>
+    <w:rsid w:val="00393E9A"/>
     <w:rsid w:val="003A7A35"/>
     <w:rsid w:val="003E1105"/>
     <w:rsid w:val="004210A9"/>
+    <w:rsid w:val="0042187A"/>
     <w:rsid w:val="004431F6"/>
     <w:rsid w:val="0048136F"/>
+    <w:rsid w:val="00496F62"/>
+    <w:rsid w:val="004F0A6F"/>
+    <w:rsid w:val="00505147"/>
     <w:rsid w:val="0051781D"/>
     <w:rsid w:val="005523AE"/>
     <w:rsid w:val="005D75AB"/>
+    <w:rsid w:val="005E5D8B"/>
+    <w:rsid w:val="005E6A2A"/>
     <w:rsid w:val="00695549"/>
     <w:rsid w:val="006B4FBF"/>
+    <w:rsid w:val="006C1BF5"/>
+    <w:rsid w:val="006D5A9B"/>
+    <w:rsid w:val="00702AC0"/>
     <w:rsid w:val="00761D7F"/>
     <w:rsid w:val="007711DE"/>
     <w:rsid w:val="007806D6"/>
     <w:rsid w:val="007904EE"/>
     <w:rsid w:val="007922A8"/>
     <w:rsid w:val="007D3A69"/>
     <w:rsid w:val="0081639D"/>
     <w:rsid w:val="0082605C"/>
     <w:rsid w:val="008575C8"/>
     <w:rsid w:val="008E225D"/>
     <w:rsid w:val="008E463D"/>
+    <w:rsid w:val="0094163A"/>
     <w:rsid w:val="00980EE3"/>
+    <w:rsid w:val="00996100"/>
+    <w:rsid w:val="009A6274"/>
+    <w:rsid w:val="00A222FB"/>
+    <w:rsid w:val="00A36316"/>
+    <w:rsid w:val="00A36C65"/>
     <w:rsid w:val="00A85A42"/>
+    <w:rsid w:val="00A93368"/>
     <w:rsid w:val="00AD3348"/>
     <w:rsid w:val="00AD6B6D"/>
+    <w:rsid w:val="00AD711F"/>
     <w:rsid w:val="00AE57B7"/>
     <w:rsid w:val="00B167F5"/>
     <w:rsid w:val="00B50C35"/>
     <w:rsid w:val="00B57D28"/>
     <w:rsid w:val="00B70E79"/>
     <w:rsid w:val="00C00A95"/>
+    <w:rsid w:val="00C1416F"/>
     <w:rsid w:val="00C20E64"/>
+    <w:rsid w:val="00C901AF"/>
     <w:rsid w:val="00CA1DF2"/>
+    <w:rsid w:val="00CB1EEE"/>
     <w:rsid w:val="00CC2A66"/>
     <w:rsid w:val="00D11B3A"/>
     <w:rsid w:val="00D12C92"/>
+    <w:rsid w:val="00D76145"/>
+    <w:rsid w:val="00DB0F59"/>
     <w:rsid w:val="00DD3A59"/>
+    <w:rsid w:val="00DF798A"/>
     <w:rsid w:val="00E32EA2"/>
     <w:rsid w:val="00E73C28"/>
     <w:rsid w:val="00E94B49"/>
     <w:rsid w:val="00EF0C81"/>
+    <w:rsid w:val="00F1497B"/>
     <w:rsid w:val="00F407A3"/>
     <w:rsid w:val="00F665DC"/>
+    <w:rsid w:val="00FC6D97"/>
     <w:rsid w:val="00FD4C45"/>
     <w:rsid w:val="00FF0B0D"/>
+    <w:rsid w:val="00FF0CF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0C606A74"/>
   <w15:docId w15:val="{938B5295-18D3-4385-B9B7-8CBC7255D831}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13881,50 +8549,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -14018,53 +8691,131 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007711DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="285890304">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="671376931">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="756173116">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1471361146">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1521240909">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1763642041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1838112398">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
@@ -14332,67 +9083,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1570</Characters>
+  <Pages>2</Pages>
+  <Words>452</Words>
+  <Characters>2581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4315</CharactersWithSpaces>
+  <CharactersWithSpaces>3027</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dainius</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>