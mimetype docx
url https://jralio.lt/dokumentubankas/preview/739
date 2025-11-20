--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,197 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00DD3A14" w:rsidRPr="00EA45EA" w:rsidRDefault="00DD3A14" w:rsidP="00DD3A14">
+    <w:p w14:paraId="2A3E1A94" w14:textId="77777777" w:rsidR="00B43C39" w:rsidRPr="00B43C39" w:rsidRDefault="00B43C39" w:rsidP="00B43C39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA45EA">
+      <w:r w:rsidRPr="00B43C39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD3A14" w:rsidRPr="00EA45EA" w:rsidRDefault="00DD3A14" w:rsidP="00DD3A14">
+    <w:p w14:paraId="2B8E78DB" w14:textId="77777777" w:rsidR="00B43C39" w:rsidRPr="00B43C39" w:rsidRDefault="00B43C39" w:rsidP="00B43C39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA45EA">
+      <w:r w:rsidRPr="00B43C39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD3A14" w:rsidRPr="00EA45EA" w:rsidRDefault="00DD3A14" w:rsidP="00DD3A14">
+    <w:p w14:paraId="5E39FBA7" w14:textId="77777777" w:rsidR="009574B9" w:rsidRPr="009574B9" w:rsidRDefault="009574B9" w:rsidP="009574B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA45EA">
-[...5 lines deleted...]
-        <w:t>direktoriaus 2019 m. balandžio 9 d.</w:t>
+      <w:r w:rsidRPr="009574B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 2023 m. rugsėjo  d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD3A14" w:rsidRPr="00EA45EA" w:rsidRDefault="00DD3A14" w:rsidP="00DD3A14">
+    <w:p w14:paraId="2B5E53AB" w14:textId="77777777" w:rsidR="00B43C39" w:rsidRPr="00B43C39" w:rsidRDefault="00B43C39" w:rsidP="00B43C39">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA45EA">
-[...31 lines deleted...]
-        <w:t>83</w:t>
+      <w:r w:rsidRPr="00B43C39">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.V1-</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="0061710C" w:rsidRDefault="00E568A9" w:rsidP="00A7102F">
+    <w:p w14:paraId="5CBC9199" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="0061710C" w:rsidRDefault="00E568A9" w:rsidP="00A7102F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5040" w:right="938"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A7102F" w:rsidRPr="00A7102F" w:rsidRDefault="00A7102F" w:rsidP="00244E8E">
+    <w:p w14:paraId="492A898D" w14:textId="77777777" w:rsidR="00A7102F" w:rsidRPr="00A7102F" w:rsidRDefault="00A7102F" w:rsidP="00244E8E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3229" w:right="938" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00244E8E" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="7FEBC06F" w14:textId="77777777" w:rsidR="00244E8E" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2891" w:right="1187" w:hanging="1635"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PASTATŲ </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -291,51 +266,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KO</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="124256D7" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2891" w:right="1187" w:hanging="1635"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAR</w:t>
       </w:r>
@@ -410,105 +385,105 @@
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00244E8E" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="003B2331" w:rsidP="005A69BC">
+    <w:p w14:paraId="160A3AF8" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="003B2331" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4163" w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
+    <w:p w14:paraId="2184ECCD" w14:textId="77777777" w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidR="0061710C" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="037D2A80" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
@@ -619,205 +594,204 @@
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00E568A9" w:rsidP="005A69BC">
+    <w:p w14:paraId="73D4228D" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00E568A9" w:rsidP="005A69BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="005F6FE8" w:rsidP="005A69BC">
+    <w:p w14:paraId="2C3E61F3" w14:textId="293B0941" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00787B56" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A69BC">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jonavos Jeronimo Ralio </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B2331" w:rsidRPr="005A69BC">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A272D0" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">gimnazijos </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A272D0" w:rsidRPr="005A69BC">
+        <w:t xml:space="preserve">astatų </w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>priežiūros</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="86"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbinink</w:t>
+      </w:r>
+      <w:r w:rsidR="00244E8E" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>o pareigybė</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ra </w:t>
+      </w:r>
+      <w:r w:rsidR="00244E8E" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>priskiriama</w:t>
+      </w:r>
+      <w:r w:rsidR="008537D5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nekvalifikuotų</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">pastatų </w:t>
-[...10 lines deleted...]
-          <w:spacing w:val="86"/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rbininkų</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ei.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="70408250" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
@@ -875,680 +849,222 @@
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>is:</w:t>
-[...164 lines deleted...]
-        <w:t>i.</w:t>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00787B56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – D. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
-[...285 lines deleted...]
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="6795B1D4" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00787B56" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="3020"/>
           <w:tab w:val="left" w:pos="4074"/>
           <w:tab w:val="left" w:pos="4594"/>
           <w:tab w:val="left" w:pos="5676"/>
           <w:tab w:val="left" w:pos="7010"/>
           <w:tab w:val="left" w:pos="8505"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A69BC">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="005A69BC">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Pa</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3070" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statų </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2331" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priežiūros </w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbinink</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B2331" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">ldumas: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">pastatų </w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesiogiai </w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pav</w:t>
+      </w:r>
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B2331" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">priežiūros </w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>ldu</w:t>
       </w:r>
       <w:r w:rsidR="00CE6773" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s direktoriaus pavaduotojui ūki</w:t>
       </w:r>
       <w:r w:rsidR="009926AD" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ui</w:t>
       </w:r>
-      <w:r w:rsidRPr="005A69BC">
+      <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
+    <w:p w14:paraId="74D3F43E" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="3020"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
+    <w:p w14:paraId="024DF3C0" w14:textId="77777777" w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="0061710C" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="038CBEBB" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
@@ -1698,64 +1214,64 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>RBUOTOJUI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00E568A9" w:rsidP="005A69BC">
+    <w:p w14:paraId="497DC555" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00E568A9" w:rsidP="005A69BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00597688" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="79081D97" w14:textId="77777777" w:rsidR="00597688" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="2892"/>
           <w:tab w:val="left" w:pos="3923"/>
           <w:tab w:val="left" w:pos="5286"/>
           <w:tab w:val="left" w:pos="6502"/>
           <w:tab w:val="left" w:pos="7932"/>
           <w:tab w:val="left" w:pos="8371"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -1877,51 +1393,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00597688" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vi</w:t>
       </w:r>
       <w:r w:rsidR="00597688" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00597688" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="476424F6" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1762"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Pastatų </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -2038,51 +1554,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>man</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ti: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="003B2331" w:rsidP="005A69BC">
+    <w:p w14:paraId="67EADBFD" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="003B2331" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2114,51 +1630,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ų patalpų išplan</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="380664F5" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pastatų</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2255,51 +1771,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mo plan</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="685BE1FE" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>pastatų</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2345,51 +1861,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>s;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="27F9C90F" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>einamojo remonto d</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2460,51 +1976,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ir tvark</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="34A2FAA0" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="1797" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>darbo pri</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2608,51 +2124,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>vark</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="6B758C1D" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="2109" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Pastatų</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
@@ -2705,51 +2221,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>adov</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">utis: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F87E09" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="178D1306" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="4521" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>darbo tv</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
@@ -2796,68 +2312,93 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>lėmi</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="7FC91419" w14:textId="6F947398" w:rsidR="00ED02EE" w:rsidRPr="005A69BC" w:rsidRDefault="00ED02EE" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="4521" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbo sutartimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1F829B" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="4521" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>šiuo par</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
@@ -2902,51 +2443,51 @@
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t>š</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>mu</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="45E23B57" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>kitais</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
@@ -3098,97 +2639,97 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>klėmis ir p</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>n.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="0061710C" w:rsidP="005A69BC">
+    <w:p w14:paraId="130B59F1" w14:textId="77777777" w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="0061710C" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
+    <w:p w14:paraId="35862427" w14:textId="77777777" w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="00F944CB" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">III </w:t>
       </w:r>
       <w:r w:rsidR="0061710C" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
+    <w:p w14:paraId="7625CF72" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00891882" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Š</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
@@ -3332,64 +2873,64 @@
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>UNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="0061710C" w:rsidP="005A69BC">
+    <w:p w14:paraId="23943C1B" w14:textId="77777777" w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="0061710C" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="2160" w:right="-20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
+    <w:p w14:paraId="08D29CAC" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="001A3070" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>Pastatų</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -3557,51 +3098,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00021747" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00021747" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00021747" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">us: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="12D12331" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F944CB" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -3652,51 +3193,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F944CB" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotojas ūkiui</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F944CB" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00021747" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="7C3FC4D2" w14:textId="77777777" w:rsidR="00021747" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -3884,51 +3425,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>sto</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>us.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="356EAB12" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -4025,51 +3566,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00597688" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>montuoja baldus</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00597688" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="71A591E6" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -4107,51 +3648,51 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>monto darbus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="77DB25E1" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -4197,88 +3738,88 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>arą</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rbo vietoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="2D49165C" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F461C4" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>rižiūri vandentiekio, k</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>analizacijos sistemų sutrikimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="67EB975E" w14:textId="77777777" w:rsidR="00AE30A7" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00244E8E" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -4499,51 +4040,51 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>viet</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>je</w:t>
       </w:r>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
+    <w:p w14:paraId="541AEA15" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="0" w:right="-20" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
@@ -4705,2322 +4246,405 @@
       <w:r w:rsidR="00794388" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ui</w:t>
       </w:r>
       <w:r w:rsidR="0068653F" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ūki</w:t>
       </w:r>
       <w:r w:rsidR="009926AD" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ui </w:t>
       </w:r>
       <w:r w:rsidR="00891882" w:rsidRPr="005A69BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ir imasi priemonių jiems pašalinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00021747" w:rsidRPr="005A69BC" w:rsidRDefault="00021747" w:rsidP="005A69BC">
-[...12 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="279307EA" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="0061710C" w:rsidRDefault="00891882" w:rsidP="00B43C39">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-20"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A69BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00676ED9" w:rsidRDefault="00676ED9" w:rsidP="005A69BC">
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="4EA35F25" w14:textId="77777777" w:rsidR="00E568A9" w:rsidRPr="0061710C" w:rsidRDefault="00E568A9" w:rsidP="00244E8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0061710C" w:rsidRPr="005A69BC" w:rsidRDefault="0061710C" w:rsidP="005A69BC">
-[...37 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="752A08EF" w14:textId="77777777" w:rsidR="008537D5" w:rsidRDefault="008537D5" w:rsidP="00244E8E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E568A9" w:rsidRPr="005A69BC" w:rsidRDefault="00F461C4" w:rsidP="005A69BC">
-[...2058 lines deleted...]
-    <w:sectPr w:rsidR="004B657F" w:rsidRPr="0061710C" w:rsidSect="00F87E09">
+    <w:sectPr w:rsidR="008537D5" w:rsidSect="00F87E09">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11908" w:h="16833" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00120977" w:rsidRDefault="00120977" w:rsidP="00F87E09">
+    <w:p w14:paraId="55653C9F" w14:textId="77777777" w:rsidR="00B01719" w:rsidRDefault="00B01719" w:rsidP="00F87E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00120977" w:rsidRDefault="00120977" w:rsidP="00F87E09">
+    <w:p w14:paraId="79A19B72" w14:textId="77777777" w:rsidR="00B01719" w:rsidRDefault="00B01719" w:rsidP="00F87E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00120977" w:rsidRDefault="00120977" w:rsidP="00F87E09">
+    <w:p w14:paraId="4720F8BA" w14:textId="77777777" w:rsidR="00B01719" w:rsidRDefault="00B01719" w:rsidP="00F87E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00120977" w:rsidRDefault="00120977" w:rsidP="00F87E09">
+    <w:p w14:paraId="39CBF82D" w14:textId="77777777" w:rsidR="00B01719" w:rsidRDefault="00B01719" w:rsidP="00F87E09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="832873566"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00F87E09" w:rsidRDefault="00F87E09">
+      <w:p w14:paraId="3BFA6215" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRDefault="00F87E09">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00B669DE">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00F87E09" w:rsidRDefault="00F87E09">
+  <w:p w14:paraId="0F91864A" w14:textId="77777777" w:rsidR="00F87E09" w:rsidRDefault="00F87E09">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07FC6DA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D60C321A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="7.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="721" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -8336,214 +5960,234 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1542933429">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1869298538">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="303127434">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1755935820">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1812626131">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="753359243">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="152376574">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1980187187">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="209735535">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="390813144">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1762023277">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1900166472">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="389890154">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E568A9"/>
     <w:rsid w:val="00021747"/>
+    <w:rsid w:val="00062822"/>
+    <w:rsid w:val="000A17D5"/>
     <w:rsid w:val="00120977"/>
     <w:rsid w:val="001A3070"/>
     <w:rsid w:val="002339D2"/>
     <w:rsid w:val="00244E8E"/>
     <w:rsid w:val="00296911"/>
     <w:rsid w:val="003B2331"/>
+    <w:rsid w:val="00467C74"/>
+    <w:rsid w:val="00487169"/>
+    <w:rsid w:val="004872E0"/>
     <w:rsid w:val="004A1829"/>
     <w:rsid w:val="004B657F"/>
     <w:rsid w:val="00500EC6"/>
     <w:rsid w:val="0052311D"/>
     <w:rsid w:val="00555E46"/>
     <w:rsid w:val="00597688"/>
     <w:rsid w:val="005A69BC"/>
     <w:rsid w:val="005F6FE8"/>
     <w:rsid w:val="0061710C"/>
     <w:rsid w:val="00676ED9"/>
     <w:rsid w:val="00677562"/>
     <w:rsid w:val="0068653F"/>
     <w:rsid w:val="00784B0E"/>
+    <w:rsid w:val="00787B56"/>
     <w:rsid w:val="007936D4"/>
     <w:rsid w:val="00794388"/>
     <w:rsid w:val="007F1136"/>
+    <w:rsid w:val="008537D5"/>
+    <w:rsid w:val="00872DFD"/>
     <w:rsid w:val="00891882"/>
+    <w:rsid w:val="008C317C"/>
+    <w:rsid w:val="0094092B"/>
+    <w:rsid w:val="009574B9"/>
     <w:rsid w:val="009926AD"/>
     <w:rsid w:val="009D6B80"/>
+    <w:rsid w:val="00A174E3"/>
     <w:rsid w:val="00A272D0"/>
     <w:rsid w:val="00A7102F"/>
+    <w:rsid w:val="00AB3CC5"/>
     <w:rsid w:val="00AE30A7"/>
+    <w:rsid w:val="00B01719"/>
     <w:rsid w:val="00B3241C"/>
+    <w:rsid w:val="00B43C39"/>
     <w:rsid w:val="00B669DE"/>
     <w:rsid w:val="00BD6255"/>
     <w:rsid w:val="00C17D20"/>
     <w:rsid w:val="00C8562E"/>
     <w:rsid w:val="00C918EB"/>
     <w:rsid w:val="00CE6773"/>
     <w:rsid w:val="00CF22EE"/>
     <w:rsid w:val="00DD3A14"/>
+    <w:rsid w:val="00E01508"/>
     <w:rsid w:val="00E07E0E"/>
     <w:rsid w:val="00E568A9"/>
     <w:rsid w:val="00EA45EA"/>
     <w:rsid w:val="00EB16BC"/>
+    <w:rsid w:val="00ED02EE"/>
     <w:rsid w:val="00ED1D79"/>
+    <w:rsid w:val="00EF2A83"/>
     <w:rsid w:val="00F461C4"/>
     <w:rsid w:val="00F87E09"/>
     <w:rsid w:val="00F9089C"/>
     <w:rsid w:val="00F944CB"/>
     <w:rsid w:val="00F970D4"/>
     <w:rsid w:val="00FA499E"/>
     <w:rsid w:val="00FB3559"/>
+    <w:rsid w:val="00FD16FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4A4FD5F6"/>
+  <w14:docId w14:val="751A8333"/>
   <w15:docId w15:val="{5DCC3E9C-A39F-47F7-B9AC-50D9973D532C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8871,50 +6515,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -9008,53 +6657,92 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B669DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="387337356">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="891422313">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1066807690">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1798452589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2108843605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -9336,66 +7024,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1945</Words>
-  <Characters>1109</Characters>
+  <Words>287</Words>
+  <Characters>1640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3048</CharactersWithSpaces>
+  <CharactersWithSpaces>1924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dainius</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>