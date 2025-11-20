--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,1954 +1,1627 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006C7DDC" w:rsidRDefault="003732E4" w:rsidP="004F550F">
-      <w:pPr>
+    <w:p w14:paraId="37298005" w14:textId="77777777" w:rsidR="00720985" w:rsidRPr="00720985" w:rsidRDefault="00720985" w:rsidP="00720985">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+        </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="5954"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00720985">
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E21142F" w14:textId="77777777" w:rsidR="00720985" w:rsidRPr="00720985" w:rsidRDefault="00720985" w:rsidP="00720985">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5954"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720985">
+        <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07EF4B9E" w14:textId="77777777" w:rsidR="00A5488B" w:rsidRPr="00A5488B" w:rsidRDefault="00A5488B" w:rsidP="00A5488B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5103"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5954"/>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w:rsidR="003732E4" w:rsidRPr="006C7DDC" w:rsidRDefault="003732E4" w:rsidP="004F550F">
+      </w:pPr>
+      <w:r w:rsidRPr="00A5488B">
+        <w:t>direktoriaus 2023 m. rugsėjo  d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180687C4" w14:textId="77777777" w:rsidR="00720985" w:rsidRPr="00720985" w:rsidRDefault="00720985" w:rsidP="00720985">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5954"/>
-        <w:rPr>
-[...50 lines deleted...]
-        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00720985">
+        <w:t>įsakymu Nr.V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D931D14" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006C7DDC" w:rsidRDefault="003732E4" w:rsidP="003732E4">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="5954"/>
-[...33 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006C7DDC" w:rsidRDefault="003732E4" w:rsidP="003732E4">
+    <w:p w14:paraId="1FCF6EEB" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006C7DDC" w:rsidRDefault="003732E4" w:rsidP="003732E4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="57"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="73DF015D" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
         </w:rPr>
         <w:t>SANTECHNIKO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="4D443E60" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> PAREIGYBĖS APRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="4E19D0CD" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="00DD508E" w:rsidP="006B718A">
+    <w:p w14:paraId="4F6C1FD7" w14:textId="77777777" w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="00DD508E" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="020E4D02" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PAREIGYBĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="79ACE74B" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="4161"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="79321078" w14:textId="0775C9BA" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="0020398E" w:rsidP="005C5E4C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
-        <w:ind w:firstLine="567"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> santechniko</w:t>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
+        <w:t>antechniko</w:t>
       </w:r>
       <w:r w:rsidR="00FF7561">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006B718A">
+      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
         <w:t xml:space="preserve">pareigybė yra priskiriama </w:t>
       </w:r>
       <w:r w:rsidR="00633F2A" w:rsidRPr="006B718A">
         <w:t>kvalifikuotų darbuotojų grupei</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B718A">
+      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="00121604" w:rsidP="006B718A">
-      <w:pPr>
+    <w:p w14:paraId="10AED5D7" w14:textId="6E8FDEC6" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="00121604" w:rsidP="005C5E4C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>2. Pareigybės lygis:</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="002571FA" w:rsidRPr="006B718A">
+        <w:t>Pareigybės lygis</w:t>
+      </w:r>
+      <w:r w:rsidR="00591DF4">
+        <w:t xml:space="preserve"> – C</w:t>
+      </w:r>
+      <w:r w:rsidR="002571FA" w:rsidRPr="005C5E4C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>priskiriamas C lygio pareigybei.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9A7944" w14:textId="29FF39EF" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="005C5E4C" w:rsidP="005C5E4C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:firstLine="567"/>
-[...30 lines deleted...]
-        <w:t>reigybės p</w:t>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00B13DAE" w:rsidRPr="006B718A">
-        <w:t>avaldumas</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006B718A">
+        <w:t>antechnikas</w:t>
+      </w:r>
+      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
         <w:t xml:space="preserve"> tiesiogiai pavaldus </w:t>
       </w:r>
-      <w:r w:rsidR="006D60B9" w:rsidRPr="006B718A">
+      <w:r w:rsidR="006D60B9" w:rsidRPr="005C5E4C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>direktoriaus pavaduotojui ūkiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="6A2AFBA5" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="0E04CFE5" w14:textId="77777777" w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="00DD508E" w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
+    <w:p w14:paraId="69A84DB2" w14:textId="77777777" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="006B718A">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F979F5" w:rsidRPr="006B718A" w:rsidRDefault="00F979F5" w:rsidP="006B718A"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78B986C5" w14:textId="77777777" w:rsidR="00F979F5" w:rsidRPr="006B718A" w:rsidRDefault="00F979F5" w:rsidP="006B718A"/>
+    <w:p w14:paraId="00741CFF" w14:textId="26F17874" w:rsidR="008922E9" w:rsidRPr="006B718A" w:rsidRDefault="00507352" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...9 lines deleted...]
-      <w:r w:rsidR="00507352" w:rsidRPr="006B718A">
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="007F12BF" w:rsidRPr="006B718A">
+      <w:r w:rsidR="007F12BF" w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">antechniko pareigybei </w:t>
       </w:r>
-      <w:r w:rsidR="00507352" w:rsidRPr="006B718A">
+      <w:r w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">taikomi </w:t>
       </w:r>
-      <w:r w:rsidR="007F12BF" w:rsidRPr="006B718A">
+      <w:r w:rsidR="007F12BF" w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">šie </w:t>
       </w:r>
-      <w:r w:rsidR="00507352" w:rsidRPr="006B718A">
+      <w:r w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>išsilavinimo ar profesinės kvalifikacijos reikalavimai</w:t>
       </w:r>
-      <w:r w:rsidR="00B13DAE" w:rsidRPr="006B718A">
+      <w:r w:rsidR="00B13DAE" w:rsidRPr="00E22997">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00B13DAE" w:rsidRPr="006B718A">
         <w:t xml:space="preserve"> n</w:t>
       </w:r>
       <w:r w:rsidR="007F12BF" w:rsidRPr="006B718A">
         <w:t>e žemesnis nei vidurinis išsilavinimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="008922E9" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="018905A2" w14:textId="520B57B9" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t xml:space="preserve">6. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
         <w:t>Santechnikas turi žinoti, mokėti ir išmanyti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="008922E9" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="00A9C4AA" w14:textId="56F2C01D" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="009C755E">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...7 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>suvirinimo bei elektrosaugos darbus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BEA5E33" w14:textId="6FE20AA3" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="003732E4" w:rsidRPr="006B718A">
         <w:t>pakeisti radiatorius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="008922E9" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="392C8AB6" w14:textId="722BD6AA" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...10 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>pakeisti čiaupus, maišytuvus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD24898" w14:textId="0A58EFC4" w:rsidR="003732E4" w:rsidRPr="006B718A" w:rsidRDefault="003732E4" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...10 lines deleted...]
-        <w:ind w:firstLine="567"/>
+        <w:t>nustatyti įvairių santechninių gedimų priežastis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A37E635" w14:textId="2F7DEA5E" w:rsidR="00E03D69" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">.5. privalo žinoti </w:t>
+        <w:t xml:space="preserve">privalo žinoti </w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="006B718A">
         <w:t>vandentiekio sistemų įvadų vietas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E03D69" w:rsidRPr="006B718A" w:rsidRDefault="008922E9" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="3D8743D0" w14:textId="27F842A6" w:rsidR="00E03D69" w:rsidRPr="006B718A" w:rsidRDefault="00E03D69" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...10 lines deleted...]
-        <w:tabs>
+        <w:t>vandentiekio ir kanalizacijos šulinių išdėstymą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0941641F" w14:textId="6EBBB7A8" w:rsidR="00241929" w:rsidRDefault="00E03D69" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
-        <w:t>6</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E03D69" w:rsidRPr="006B718A">
         <w:t>priešgaisrinės saugos taisykles ir mokėti naudotis pirminėmis gaisro gesinimo priemonėmis.</w:t>
       </w:r>
       <w:r w:rsidR="00241929" w:rsidRPr="00241929">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00241929" w:rsidRDefault="00241929" w:rsidP="00241929">
+    <w:p w14:paraId="2CAABFC5" w14:textId="3DCB7C2F" w:rsidR="00241929" w:rsidRDefault="00241929" w:rsidP="00E22997">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Santechnikas privalo vadovautis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3602BD01" w14:textId="77777777" w:rsidR="00506FFB" w:rsidRDefault="00241929" w:rsidP="00ED4665">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">darbo tvarkos taisyklėmis; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72ED2748" w14:textId="4658F302" w:rsidR="009F4250" w:rsidRDefault="009F4250" w:rsidP="00ED4665">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>darbo sutartimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA55874" w14:textId="77777777" w:rsidR="00506FFB" w:rsidRDefault="00241929" w:rsidP="00506FFB">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>šiuo pareigybės aprašymu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF4D6CC" w14:textId="70CCDF74" w:rsidR="00E03D69" w:rsidRDefault="00241929" w:rsidP="00506FFB">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>kitais gimnazijos lokaliniais dokumentais (įsakymais, potvarkiais, nurodymais, taisyklėmis ir pan.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E10FBA" w14:textId="77777777" w:rsidR="00241929" w:rsidRPr="006B718A" w:rsidRDefault="00241929" w:rsidP="006B718A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-    <w:p w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
+    </w:p>
+    <w:p w14:paraId="49250E37" w14:textId="77777777" w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidR="00DD508E" w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000052E7" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
+    <w:p w14:paraId="2D9F1DF0" w14:textId="77777777" w:rsidR="000052E7" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
       <w:pPr>
         <w:keepNext/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B718A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ŠIAS PAREIGAS EINANČIO DARBUOTOJO FUNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000052E7" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
+    <w:p w14:paraId="4C4C3E61" w14:textId="77777777" w:rsidR="000052E7" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
       <w:pPr>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E03D69" w:rsidRPr="00D524DA" w:rsidRDefault="00D138B8" w:rsidP="006B718A">
-[...10 lines deleted...]
-      <w:r w:rsidR="005A703E">
+    <w:p w14:paraId="2401DFF0" w14:textId="7CAE4E56" w:rsidR="00E03D69" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="00EF6F65">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Santechnikas atlieka šias </w:t>
       </w:r>
       <w:r w:rsidR="00FA5FC3">
         <w:t>funkcijas</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E03D69" w:rsidRPr="00D524DA" w:rsidRDefault="00D138B8" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="343BDC7E" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00081B6A" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D524DA">
-        <w:t>8</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00081B6A" w:rsidRPr="00D524DA">
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t>ei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D524DA">
+      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>čia</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> prakiurusias vamzdynų dalis ir santechnikos įrenginius</w:t>
       </w:r>
       <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00081B6A" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t>(kriaukles, klozetus, čiaupus).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E03D69" w:rsidRPr="00D524DA" w:rsidRDefault="00D138B8" w:rsidP="006B718A">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="0ACD5460" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00081B6A" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D524DA">
-        <w:t>8</w:t>
-[...5 lines deleted...]
-        <w:t>2. V</w:t>
+        <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t>a</w:t>
       </w:r>
+      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
+        <w:t xml:space="preserve">lo </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D524DA">
-        <w:t xml:space="preserve">lo </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00081B6A" w:rsidRPr="00D524DA">
         <w:t>užsikimšusią  kanalizaciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A703E" w:rsidRDefault="00D138B8" w:rsidP="005A703E">
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+    <w:p w14:paraId="35C1EC15" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00081B6A" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D524DA">
-        <w:t>8</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D524DA">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>teb</w:t>
       </w:r>
       <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
         <w:t>i kanalizacijos šulinius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A703E" w:rsidRDefault="005A703E" w:rsidP="005A703E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
+    <w:p w14:paraId="71316DE8" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00D138B8" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
         <w:t>Nuolat tikrina</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> vandentiekio ir</w:t>
       </w:r>
       <w:r w:rsidR="00B805A4" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> kanalizacijos techninę būklę. Pastebėjęs vandens </w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t>nutekėjimą, kitus si</w:t>
       </w:r>
       <w:r w:rsidR="00B805A4" w:rsidRPr="00D524DA">
         <w:t>stemų defektus, pagal galimybes</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> im</w:t>
       </w:r>
-      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t>asi</w:t>
       </w:r>
       <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> jų pašalinimo priemonių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000052E7" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="005A703E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
+    <w:p w14:paraId="4193D702" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00E03D69" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
         <w:t>Atli</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> vamzdynų remonto darbus, palei</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>džia</w:t>
       </w:r>
-      <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> vandenį ir patikrin</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00E03D69" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t xml:space="preserve">, ar per vamzdžių sujungimus, čiaupus, kitą armatūrą nesisunkia vanduo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000052E7" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="006B718A">
-[...7 lines deleted...]
-      <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
+    <w:p w14:paraId="03918980" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="00D138B8" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
         <w:t>Vykdo</w:t>
       </w:r>
       <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D60B9" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve">direktoriaus pavaduotojo ūkiui </w:t>
       </w:r>
       <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
         <w:t>teisėtus nurodymus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="006B718A">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> D</w:t>
+    <w:p w14:paraId="78C53BDE" w14:textId="77777777" w:rsidR="00122AA6" w:rsidRDefault="000052E7" w:rsidP="00122AA6">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
+        <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D524DA" w:rsidRPr="00D524DA">
         <w:t>irb</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> kokybiškai, taupiai naudo</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
       <w:r w:rsidR="0000648B">
         <w:t>medžiagas ir žaliavas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="006B718A">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Saugo mokyklos</w:t>
+    <w:p w14:paraId="06341950" w14:textId="77777777" w:rsidR="005A41A0" w:rsidRDefault="000052E7" w:rsidP="005A41A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
+        <w:t>Saugo mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidR="0000648B">
         <w:t>ventorių, įrankius ir įrengimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="006B718A">
-[...10 lines deleted...]
-      <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
+    <w:p w14:paraId="12275103" w14:textId="77777777" w:rsidR="005A41A0" w:rsidRDefault="000052E7" w:rsidP="005A41A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>ilnai, kokybiškai ir nustatytu laiku atli</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> pavestą darbą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003732E4" w:rsidRPr="00D524DA" w:rsidRDefault="005A703E" w:rsidP="005A703E">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> I</w:t>
+    <w:p w14:paraId="3790D56B" w14:textId="44B5EBE4" w:rsidR="003732E4" w:rsidRPr="00D524DA" w:rsidRDefault="000052E7" w:rsidP="00A834E4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D524DA">
+        <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>nformuo</w:t>
       </w:r>
       <w:r w:rsidR="00D138B8" w:rsidRPr="00D524DA">
         <w:t xml:space="preserve">ja </w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>pakitus darbo procesui, apie pavojingus, kenksmingus ir kitus rizikos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005A703E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>veiksnius</w:t>
       </w:r>
-      <w:r w:rsidR="000052E7" w:rsidRPr="00D524DA">
+      <w:r w:rsidRPr="00D524DA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:t>darbo vietose ir jų poveikį sveikatai.</w:t>
       </w:r>
       <w:r w:rsidR="003732E4" w:rsidRPr="00D524DA">
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD508E" w:rsidRPr="006B718A" w:rsidRDefault="000052E7" w:rsidP="006B718A">
-[...517 lines deleted...]
-    <w:p w:rsidR="003732E4" w:rsidRDefault="003732E4" w:rsidP="00294F50">
+    <w:p w14:paraId="4A584D87" w14:textId="77777777" w:rsidR="003732E4" w:rsidRDefault="00D04446" w:rsidP="00720985">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="006B718A">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D04446">
+      <w:r>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D04446" w:rsidRDefault="00D04446" w:rsidP="006B718A">
+    <w:p w14:paraId="38A2FDD9" w14:textId="77777777" w:rsidR="00D04446" w:rsidRDefault="00D04446" w:rsidP="006B718A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D04446" w:rsidRDefault="00D04446" w:rsidP="006B718A">
+    <w:p w14:paraId="5FF14473" w14:textId="77777777" w:rsidR="00D04446" w:rsidRDefault="00D04446" w:rsidP="006B718A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D04446" w:rsidRPr="006B718A" w:rsidRDefault="00D04446" w:rsidP="006B718A">
+    <w:p w14:paraId="45DBC8B8" w14:textId="77777777" w:rsidR="00D04446" w:rsidRPr="006B718A" w:rsidRDefault="00D04446" w:rsidP="006B718A">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D04446" w:rsidRPr="00D04446" w:rsidRDefault="00D04446" w:rsidP="00D04446">
-[...68 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="00D04446" w:rsidRPr="006B718A" w:rsidSect="007F1126">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E3FB2" w:rsidRDefault="007E3FB2" w:rsidP="00253277">
+    <w:p w14:paraId="675D6A71" w14:textId="77777777" w:rsidR="0085067A" w:rsidRDefault="0085067A" w:rsidP="00253277">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E3FB2" w:rsidRDefault="007E3FB2" w:rsidP="00253277">
+    <w:p w14:paraId="189DFABC" w14:textId="77777777" w:rsidR="0085067A" w:rsidRDefault="0085067A" w:rsidP="00253277">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007E3FB2" w:rsidRDefault="007E3FB2" w:rsidP="00253277">
+    <w:p w14:paraId="3085F788" w14:textId="77777777" w:rsidR="0085067A" w:rsidRDefault="0085067A" w:rsidP="00253277">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007E3FB2" w:rsidRDefault="007E3FB2" w:rsidP="00253277">
+    <w:p w14:paraId="2A726EBB" w14:textId="77777777" w:rsidR="0085067A" w:rsidRDefault="0085067A" w:rsidP="00253277">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1629463574"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="004127B6" w:rsidRDefault="004127B6">
+      <w:p w14:paraId="219C9ACD" w14:textId="77777777" w:rsidR="004127B6" w:rsidRDefault="004127B6">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007F1126">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="004127B6" w:rsidRDefault="004127B6">
+  <w:p w14:paraId="0FEB5FC0" w14:textId="77777777" w:rsidR="004127B6" w:rsidRDefault="004127B6">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05523B6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91CE0B20"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="790D3614"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="82E63444"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="987" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="432238936">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1410957237">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003732E4"/>
     <w:rsid w:val="000052E7"/>
     <w:rsid w:val="0000648B"/>
     <w:rsid w:val="00081B6A"/>
+    <w:rsid w:val="000A3B16"/>
     <w:rsid w:val="000A4AA7"/>
     <w:rsid w:val="000E22B1"/>
     <w:rsid w:val="001042CF"/>
     <w:rsid w:val="00120889"/>
     <w:rsid w:val="00121604"/>
+    <w:rsid w:val="00122AA6"/>
     <w:rsid w:val="00123276"/>
     <w:rsid w:val="00141A7F"/>
+    <w:rsid w:val="00173613"/>
+    <w:rsid w:val="0017796A"/>
+    <w:rsid w:val="0020398E"/>
     <w:rsid w:val="002219E8"/>
     <w:rsid w:val="002301E2"/>
     <w:rsid w:val="00241929"/>
     <w:rsid w:val="00253277"/>
     <w:rsid w:val="002571FA"/>
     <w:rsid w:val="00271ABF"/>
     <w:rsid w:val="00294F50"/>
     <w:rsid w:val="002A05A4"/>
+    <w:rsid w:val="002F2495"/>
     <w:rsid w:val="003029B3"/>
+    <w:rsid w:val="00311D80"/>
     <w:rsid w:val="00342CEB"/>
     <w:rsid w:val="003732E4"/>
     <w:rsid w:val="003A76C1"/>
     <w:rsid w:val="003D71D8"/>
     <w:rsid w:val="003F4184"/>
     <w:rsid w:val="00407602"/>
     <w:rsid w:val="004127B6"/>
     <w:rsid w:val="00453B60"/>
     <w:rsid w:val="004D1E3E"/>
     <w:rsid w:val="004F550F"/>
+    <w:rsid w:val="00506FFB"/>
     <w:rsid w:val="00507352"/>
     <w:rsid w:val="00536CDC"/>
     <w:rsid w:val="00575419"/>
+    <w:rsid w:val="00591DF4"/>
+    <w:rsid w:val="005A41A0"/>
     <w:rsid w:val="005A703E"/>
+    <w:rsid w:val="005C5E4C"/>
     <w:rsid w:val="00633F2A"/>
     <w:rsid w:val="006B718A"/>
     <w:rsid w:val="006C7DDC"/>
     <w:rsid w:val="006D1962"/>
     <w:rsid w:val="006D60B9"/>
+    <w:rsid w:val="0071623D"/>
+    <w:rsid w:val="00720985"/>
     <w:rsid w:val="0072351C"/>
     <w:rsid w:val="007934A9"/>
     <w:rsid w:val="007B76D5"/>
     <w:rsid w:val="007E3FB2"/>
     <w:rsid w:val="007F1126"/>
     <w:rsid w:val="007F12BF"/>
     <w:rsid w:val="00840CD0"/>
+    <w:rsid w:val="0085067A"/>
     <w:rsid w:val="008863E8"/>
     <w:rsid w:val="008922E9"/>
     <w:rsid w:val="008D2E60"/>
+    <w:rsid w:val="00954903"/>
+    <w:rsid w:val="00974AC4"/>
+    <w:rsid w:val="009C755E"/>
+    <w:rsid w:val="009F4250"/>
+    <w:rsid w:val="00A5488B"/>
     <w:rsid w:val="00A56F43"/>
     <w:rsid w:val="00A66782"/>
     <w:rsid w:val="00A67C44"/>
+    <w:rsid w:val="00A834E4"/>
     <w:rsid w:val="00A96B09"/>
     <w:rsid w:val="00B13DAE"/>
     <w:rsid w:val="00B178C6"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00C11402"/>
+    <w:rsid w:val="00C36DB1"/>
+    <w:rsid w:val="00C64D65"/>
     <w:rsid w:val="00CB3FF7"/>
+    <w:rsid w:val="00CD67ED"/>
     <w:rsid w:val="00CE2A9F"/>
     <w:rsid w:val="00D04446"/>
     <w:rsid w:val="00D138B8"/>
     <w:rsid w:val="00D524DA"/>
     <w:rsid w:val="00D65740"/>
     <w:rsid w:val="00D773D4"/>
     <w:rsid w:val="00D85E6A"/>
     <w:rsid w:val="00DA7F53"/>
     <w:rsid w:val="00DD508E"/>
     <w:rsid w:val="00E03D69"/>
     <w:rsid w:val="00E12505"/>
+    <w:rsid w:val="00E22997"/>
     <w:rsid w:val="00E234E0"/>
     <w:rsid w:val="00EA4803"/>
     <w:rsid w:val="00ED2D06"/>
     <w:rsid w:val="00ED3FB7"/>
+    <w:rsid w:val="00ED4665"/>
+    <w:rsid w:val="00EF6F65"/>
     <w:rsid w:val="00F15874"/>
     <w:rsid w:val="00F979F5"/>
     <w:rsid w:val="00FA5FC3"/>
     <w:rsid w:val="00FF7561"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="713CF7F0"/>
   <w15:docId w15:val="{DCB8F3C7-D186-4405-823B-B4D3DE2B418A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2276,50 +1949,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003732E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2417,78 +2095,128 @@
     <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D71D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D71D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C5E4C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="150798356">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="739055454">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="834495041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1636762845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2736,71 +2464,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1007</Characters>
+  <Pages>2</Pages>
+  <Words>303</Words>
+  <Characters>1730</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Jonava</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2767</CharactersWithSpaces>
+  <CharactersWithSpaces>2029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vartotojas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>