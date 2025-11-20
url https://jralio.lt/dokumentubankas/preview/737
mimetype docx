--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -2,197 +2,172 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="001C3AB9" w:rsidRPr="007670FC" w:rsidRDefault="001C3AB9" w:rsidP="00A45BBF">
+    <w:p w14:paraId="0607DFBD" w14:textId="77777777" w:rsidR="00E05DA9" w:rsidRPr="00E05DA9" w:rsidRDefault="00E05DA9" w:rsidP="00E05DA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007670FC">
+      <w:r w:rsidRPr="00E05DA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3AB9" w:rsidRPr="007670FC" w:rsidRDefault="001C3AB9" w:rsidP="00A45BBF">
+    <w:p w14:paraId="771F1AAB" w14:textId="77777777" w:rsidR="00E05DA9" w:rsidRPr="00E05DA9" w:rsidRDefault="00E05DA9" w:rsidP="00E05DA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007670FC">
+      <w:r w:rsidRPr="00E05DA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jonavos Jeronimo Ralio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3AB9" w:rsidRPr="007670FC" w:rsidRDefault="001C3AB9" w:rsidP="00A45BBF">
+    <w:p w14:paraId="6A8B68D3" w14:textId="77777777" w:rsidR="005B11BF" w:rsidRPr="005B11BF" w:rsidRDefault="005B11BF" w:rsidP="005B11BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5103"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007670FC">
-[...8 lines deleted...]
-    <w:p w:rsidR="001C3AB9" w:rsidRPr="007670FC" w:rsidRDefault="001C3AB9" w:rsidP="00A45BBF">
+      <w:r w:rsidRPr="005B11BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus 2023 m. rugsėjo  d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136B5AC6" w14:textId="77777777" w:rsidR="00E05DA9" w:rsidRPr="00E05DA9" w:rsidRDefault="00E05DA9" w:rsidP="00E05DA9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007670FC">
-[...34 lines deleted...]
-    <w:p w:rsidR="00271B2C" w:rsidRDefault="00271B2C" w:rsidP="00A45BBF">
+      <w:r w:rsidRPr="00E05DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr.V1-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188610CF" w14:textId="77777777" w:rsidR="00271B2C" w:rsidRDefault="00271B2C" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00025076" w:rsidRPr="00271B2C" w:rsidRDefault="00025076" w:rsidP="00A45BBF">
+    <w:p w14:paraId="6A3F957C" w14:textId="77777777" w:rsidR="00025076" w:rsidRPr="00271B2C" w:rsidRDefault="00025076" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3600" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00687EC4">
+    <w:p w14:paraId="2456B068" w14:textId="77777777" w:rsidR="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00687EC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VA</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -215,51 +190,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Y</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TOJO</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00687EC4">
+    <w:p w14:paraId="2CBA5103" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00687EC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PAR</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
@@ -329,103 +304,103 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0080485E" w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00A45BBF">
+    <w:p w14:paraId="02C2A1A8" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2044"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
+    <w:p w14:paraId="7FC05B08" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0080485E" w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
+    <w:p w14:paraId="11713A2C" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
@@ -535,8161 +510,3502 @@
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
+    <w:p w14:paraId="3FD1628E" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
-[...2088 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5EBEC0BE" w14:textId="7DFB365C" w:rsidR="0080485E" w:rsidRPr="00EE5BE2" w:rsidRDefault="00F100DA" w:rsidP="00EE5BE2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1" w:firstLine="566"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00271B2C" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tojo pareigybė</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00271B2C">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ra pris</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00271B2C" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iriama</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40C1E" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekvalifikuotų </w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...53 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>bininkų</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rupei. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CF8CB2" w14:textId="534D92E6" w:rsidR="0080485E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00EE5BE2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1" w:firstLine="566"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidRPr="00271B2C">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-[...34 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>yg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100DA" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>D.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33554B20" w14:textId="5E9122F7" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="00F02362" w:rsidP="00EE5BE2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Va</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tojas </w:t>
+      </w:r>
+      <w:r w:rsidR="006B1C01">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tiesiogiai </w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>valdu</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus pavaduotojui </w:t>
+      </w:r>
+      <w:r w:rsidR="00905FF8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidR="005215C8" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2FE8E2" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B061346" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00687EC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>II SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431E30DB" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00687EC4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ECIALŪS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>REI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ALAVI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŠIAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...15 lines deleted...]
-        </w:tabs>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EINANČIAM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RBUOTOJUI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784525E2" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1" w:firstLine="566"/>
-[...545 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FCB57A0" w14:textId="2A3AC9C3" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00EE5BE2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
-        </w:tabs>
-[...3484 lines deleted...]
-        <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tojo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02362">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="139"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>alifik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>cij</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="143"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>netaikomi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="139"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>avini</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="138"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="138"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>fe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>sinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="138"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ikal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>vimai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ED46CE" w14:textId="5C8C18F9" w:rsidR="0080485E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00EE5BE2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tojas turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...9 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="00B02DA9" w:rsidP="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C210B8" w14:textId="43F6F922" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E59C0">
-[...50 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>valomų p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">talpų tipus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>r p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
-[...59 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="00B02DA9" w:rsidP="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>skirtį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B085269" w14:textId="5D5C0C6A" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E59C0">
-[...17 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>pag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
-[...25 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>indinius apsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>k</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>os n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>o elektr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...63 lines deleted...]
-        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="001E59C0">
-[...6 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s būdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194E71BF" w14:textId="66539F43" w:rsidR="0080485E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dezinfek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>re</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ijos priemonių p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>g</w:t>
-[...47 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skirtį, jų vartojimo būdą; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716E5991" w14:textId="7E949BFD" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kompiuterinės įr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>os va</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mo būdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316EFDD2" w14:textId="614EDB76" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>patalpų v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>ė</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mo būdus ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...42 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nventorių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0C3BBB" w14:textId="1CDE5286" w:rsidR="0080485E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>ė</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mines va</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mo pri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>c</w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nes, jų sudėtį, sa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>es ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">naudojimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kles; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125C31A1" w14:textId="2F3DA22D" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kovos su par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>g</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>zitais ir kenk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>jais pri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mones</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E8A5E8" w14:textId="399F6987" w:rsidR="0037705E" w:rsidRPr="00EE5BE2" w:rsidRDefault="005215C8" w:rsidP="00EE5BE2">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...37 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Va</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>m</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="0037705E" w:rsidRPr="001E59C0" w:rsidRDefault="001E59C0" w:rsidP="001E59C0">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5BE2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rivalo vadovautis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A52233" w14:textId="77777777" w:rsidR="00D36AA4" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbo tv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
-[...5 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>rkos t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
-[...6 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="009A2B17" w:rsidRPr="001E59C0">
-[...17 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+      <w:r w:rsidRPr="00D36AA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t>ė</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidR="005215C8" w:rsidRPr="001E59C0">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lėmi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B15C6C8" w14:textId="685FD030" w:rsidR="00306C0E" w:rsidRDefault="00306C0E" w:rsidP="00D36AA4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>darbo sutartimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197A80F9" w14:textId="77777777" w:rsidR="00D36AA4" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>šiuo par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>s apr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>mu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABB05E1" w14:textId="104DF346" w:rsidR="0080485E" w:rsidRPr="00D36AA4" w:rsidRDefault="005215C8" w:rsidP="00D36AA4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kitais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E26EA3" w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="88"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>lokalin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>dokumentais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="89"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(įsa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="88"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>potva</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kiais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="88"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>nur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>od</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>mais, tai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>klėmis ir p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D36AA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>n.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DD7F93" w14:textId="77777777" w:rsidR="00D07C33" w:rsidRDefault="00D07C33" w:rsidP="00A45BBF">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13741E78" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00A45BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C1A301" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00A45BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INANČIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BUO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OJO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271B2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UNKCIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67974D27" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00A45BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3277D1AC" w14:textId="51EF6495" w:rsidR="0037705E" w:rsidRPr="00DD36C2" w:rsidRDefault="005215C8" w:rsidP="00DD36C2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Va</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>tojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>atlieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>kcijas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EAC7B01" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...21 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>eleidžia kauptis valomose patalpose nešvaru</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>mams, šiukšlėms, dulkėms ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2642E5" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">iekvieną dieną plauna grindis, laiptus, laiptų turėklus, durų rankenas, valo ir dezinfekuoja tualetus, prausyklas, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>kriaukles, valo baldus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BED98A" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>ulkes valo nuo šildymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> įrenginių 2 kartus per savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DFE572" w14:textId="77777777" w:rsidR="0084656D" w:rsidRPr="00A567D8" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">inkštas grindų </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t>dangas ir minkštus baldus valo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve"> buitiniu dulkių siur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>bliu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB05EB7" w14:textId="77777777" w:rsidR="0084656D" w:rsidRPr="00A567D8" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">ėles laisto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>ir valo jų lapus esant reikalui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBEE42A" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>ieną kartą per savaitę plauna sie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>nas, jas valo ir esant reikalui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257F345E" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>Š</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>viestu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>vus valo vieną kartą per mėnesį</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>valo tik išjung</w:t>
+      </w:r>
+      <w:r w:rsidR="009E78AB" w:rsidRPr="00DD36C2">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>s iš srovės šaltinio).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1647B58B" w14:textId="77777777" w:rsidR="0084656D" w:rsidRPr="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle16"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>atalpas (koridorius, laiptines,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> tualetus ir kt.) valo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> pamokų metu ir po pamokų, kabinetus, sales –</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> po pamokų ir neformaliojo švietimo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> užsiėmimų, įrenginius – tik jiems visiškai sustojus ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>atjungus nuo energijos šaltinių</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle16"/>
+        </w:rPr>
+        <w:t>Patalpas, kabinetus ir tualetus valo skirtingais skudurais, šepečiais bei kibirais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE1902B" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Š</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>luosto</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> dulkes nuo baldų, palangių, apšildymo įrenginių, pav</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>eikslų ir kt. bei valo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> nešvarumus tokiu būdu, kad nebūtų pažeistas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>ar sugadintas valomas paviršius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A1AE04" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>rgtechnikos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> priemones (telefonus, kompiuterius, d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>auginimo aparatus ir kt.) valo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> labai atsargiai, kad į jų</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> vidų nepatektų valymo medžiaga; juos valymo metu išjungia iš srovės šaltinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...6 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="36E65964" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>u kartus per metus valo</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> langus iš išorės ir vieną kartą per ketvirtį – iš vidaus, prieš tai atitvėrus iš pastato fasado pusės pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>vojingą zoną (valant iš išorės)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243050AB" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>ulkančius paviršius (betono dangas ir kt.) pri</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>eš jų valymą lengvai sudrėkina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5783905A" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>alymui, plovimui, neutral</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>izavimui, dezinfekavimui naudoja</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> tik tas medžiagas ir skysčius, kuriais aprūpino direktoriaus pavaduotojas ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> ir tik pagal jų paskirtį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223F3F85" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>Š</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>iukšles išpila</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> į šiukšlių konteinerius, plovimui n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>audotą vand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>enį – į kanalizaciją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A4C8D6" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B" w:rsidRPr="00DD36C2">
+        <w:t>atalpas dezinfekuoja vieną kartą per savaitę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769D348C" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>aikosi</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> asmens </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>higienos reikalavimų, prižiūri</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> darbo įrankius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789394B2" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>oka</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> sa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>ugiai dirbti, darbo metu naudoja</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> asmenines apsaugines priemones, kurias paskyrė direktoriaus pavaduotojas ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA73E81" w14:textId="77777777" w:rsidR="0084656D" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B" w:rsidRPr="00DD36C2">
+        <w:t>rivalo vadovautis darbo tvarkos taisyklėmis, darbuotojų saugos ir sveikatos instrukcijomis, šiais pareiginiais nuostatais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E0C5FD" w14:textId="79299E35" w:rsidR="0080485E" w:rsidRPr="00DD36C2" w:rsidRDefault="00687EC4" w:rsidP="0084656D">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>isą darbo laiką skiria darbui ir laikosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> šių taisyklių:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7143089E" w14:textId="77777777" w:rsidR="00701073" w:rsidRPr="00A567D8" w:rsidRDefault="0080485E" w:rsidP="00701073">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>neliesti paliktų ant stalo dokumentų, nesugadinti jų, neišmesti į šiukšlių dėžę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F25ACA9" w14:textId="7290A3E1" w:rsidR="00701073" w:rsidRPr="00A567D8" w:rsidRDefault="0080485E" w:rsidP="00701073">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">neleisti į </w:t>
+      </w:r>
+      <w:r w:rsidR="00A567D8" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">valomas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>patalpas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A567D8" w:rsidRPr="00A567D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...54 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>pašalin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A567D8" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">ių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>asmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A567D8" w:rsidRPr="00A567D8">
+        <w:t>ų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C89E959" w14:textId="77777777" w:rsidR="00125500" w:rsidRPr="00A567D8" w:rsidRDefault="00D4573D" w:rsidP="00125500">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>Į</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t>vykus n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t>elaimingam a</w:t>
+      </w:r>
+      <w:r w:rsidR="009E78AB" w:rsidRPr="00A567D8">
+        <w:t>tsitikimui</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t>, apie įvykį praneša</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve"> gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>administracijai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F438199" w14:textId="77777777" w:rsidR="00125500" w:rsidRDefault="00D4573D" w:rsidP="00125500">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A567D8">
+        <w:t>Į</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t>vykus inžinerini</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t>ų tinklų avarijai, praneša</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve"> apie įvykį gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00A567D8">
+        <w:t xml:space="preserve">administracijai </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">arba </w:t>
+      </w:r>
+      <w:r w:rsidR="009E78AB" w:rsidRPr="00DD36C2">
+        <w:t>pastatų</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> priežiūros darbininkui ir gavęs jų nurodymą iškvieči</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>a atitinkamas avarines tarnybas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A37485E" w14:textId="77777777" w:rsidR="00125500" w:rsidRDefault="00D4573D" w:rsidP="00125500">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>aigęs darbą, uždaro</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> langus, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03BA9" w:rsidRPr="00DD36C2">
+        <w:t>išjungia</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> elektros prietaisus, santechninę įrangą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>užrakina duris.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E32A34" w14:textId="77777777" w:rsidR="003F46AC" w:rsidRDefault="00D4573D" w:rsidP="003F46AC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">egalėdamas atvykti į darbą dėl ligos ar kitų priežasčių, privalo </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2B17" w:rsidRPr="00DD36C2">
+        <w:t>praneša</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> apie tai direktoriaus pavaduotojui </w:t>
+      </w:r>
+      <w:r w:rsidR="00905FF8" w:rsidRPr="00DD36C2">
+        <w:t>ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> arba gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>direktoriui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1869F09B" w14:textId="77777777" w:rsidR="003F46AC" w:rsidRDefault="00D4573D" w:rsidP="003F46AC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2B17" w:rsidRPr="00DD36C2">
+        <w:t>epaveda savo pareigų kitam asmeniui be</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005215C8" w:rsidRPr="00271B2C">
-[...537 lines deleted...]
-    <w:p w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00D44382">
+      <w:r w:rsidR="009A2B17" w:rsidRPr="00DD36C2">
+        <w:t>direktoriaus pavaduotojo ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00905FF8" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">ui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>sutikimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2CE286" w14:textId="77777777" w:rsidR="003F46AC" w:rsidRDefault="00D4573D" w:rsidP="003F46AC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t>pie pastebėtus gimnazijos baldų defektus, santechnikos įrangos pažeidimus, elektro</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2B17" w:rsidRPr="00DD36C2">
+        <w:t>s instaliacijos gedimus praneša</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> direktoriaus pavaduotojui </w:t>
+      </w:r>
+      <w:r w:rsidR="00905FF8" w:rsidRPr="00DD36C2">
+        <w:t>ūkiui</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2B17" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E78AB" w:rsidRPr="00DD36C2">
+        <w:t>pastatų</w:t>
+      </w:r>
+      <w:r w:rsidR="0080485E" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve"> priežiūros darbininkui, elektrikui arba gimnazijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>direktoriui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425AC97B" w14:textId="77777777" w:rsidR="003F46AC" w:rsidRDefault="00D4573D" w:rsidP="003F46AC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD36C2">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B" w:rsidRPr="00DD36C2">
+        <w:t>sant reikalui atlieka kitus, kvalifikaciją atitinkančius darbus, direktoriaus pavaduotojo ūki</w:t>
+      </w:r>
+      <w:r w:rsidR="00905FF8" w:rsidRPr="00DD36C2">
+        <w:t xml:space="preserve">ui </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E9B" w:rsidRPr="00DD36C2">
+        <w:t>pavedimu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374153BB" w14:textId="77777777" w:rsidR="0080485E" w:rsidRPr="00271B2C" w:rsidRDefault="0080485E" w:rsidP="00A45BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603609B1" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="005215C8" w:rsidP="00D44382">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
@@ -8840,1363 +4156,224 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00271B2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
+    <w:p w14:paraId="141EC690" w14:textId="77777777" w:rsidR="0037705E" w:rsidRPr="00271B2C" w:rsidRDefault="0037705E" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A2B17" w:rsidRPr="00271B2C" w:rsidRDefault="009A2B17" w:rsidP="00A45BBF">
+    <w:p w14:paraId="0222D865" w14:textId="77777777" w:rsidR="000543B0" w:rsidRDefault="000543B0" w:rsidP="00A45BBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00271B2C">
+      <w:bookmarkStart w:id="0" w:name="_Hlk139877447"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2634B73F" w14:textId="77777777" w:rsidR="000543B0" w:rsidRDefault="000543B0" w:rsidP="00A45BBF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Susipažinau ir sutinku</w:t>
-[...1144 lines deleted...]
-    <w:sectPr w:rsidR="00271B2C" w:rsidRPr="00271B2C" w:rsidSect="00942F94">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000543B0" w:rsidSect="00942F94">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11908" w:h="16833" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B81622" w:rsidRDefault="00B81622" w:rsidP="00942F94">
+    <w:p w14:paraId="5125E595" w14:textId="77777777" w:rsidR="00091C1E" w:rsidRDefault="00091C1E" w:rsidP="00942F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B81622" w:rsidRDefault="00B81622" w:rsidP="00942F94">
+    <w:p w14:paraId="3E2DE299" w14:textId="77777777" w:rsidR="00091C1E" w:rsidRDefault="00091C1E" w:rsidP="00942F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B81622" w:rsidRDefault="00B81622" w:rsidP="00942F94">
+    <w:p w14:paraId="5D5925CF" w14:textId="77777777" w:rsidR="00091C1E" w:rsidRDefault="00091C1E" w:rsidP="00942F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B81622" w:rsidRDefault="00B81622" w:rsidP="00942F94">
+    <w:p w14:paraId="369A9C73" w14:textId="77777777" w:rsidR="00091C1E" w:rsidRDefault="00091C1E" w:rsidP="00942F94">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1234892925"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00942F94" w:rsidRDefault="00942F94">
+      <w:p w14:paraId="698CAC90" w14:textId="77777777" w:rsidR="00942F94" w:rsidRDefault="00942F94">
         <w:pPr>
           <w:pStyle w:val="Antrats"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E61BF4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00942F94" w:rsidRDefault="00942F94">
+  <w:p w14:paraId="54C4FADC" w14:textId="77777777" w:rsidR="00942F94" w:rsidRDefault="00942F94">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24D41E67"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18967D98"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10267,50 +4444,257 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="11366" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="13144" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="257372A9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4BFEB68E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3539" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BA75785"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C00652C8"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E651F68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66902CAE"/>
     <w:lvl w:ilvl="0" w:tplc="3AB80F3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="9.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10356,51 +4740,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A7963F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0674FA78"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10442,176 +4826,225 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="617488206">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1288581022">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="698775311">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1303195648">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="5" w16cid:durableId="184952327">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0037705E"/>
     <w:rsid w:val="00025076"/>
+    <w:rsid w:val="00044AA5"/>
+    <w:rsid w:val="000543B0"/>
+    <w:rsid w:val="00072746"/>
+    <w:rsid w:val="00091C1E"/>
+    <w:rsid w:val="000F376F"/>
+    <w:rsid w:val="00125500"/>
     <w:rsid w:val="0013367D"/>
     <w:rsid w:val="00157FA5"/>
     <w:rsid w:val="001B53B5"/>
     <w:rsid w:val="001C3AB9"/>
     <w:rsid w:val="001E59C0"/>
+    <w:rsid w:val="0020385F"/>
     <w:rsid w:val="0025199C"/>
     <w:rsid w:val="00271B2C"/>
+    <w:rsid w:val="002804FF"/>
+    <w:rsid w:val="002C19D8"/>
+    <w:rsid w:val="00306C0E"/>
     <w:rsid w:val="0037705E"/>
+    <w:rsid w:val="0039334D"/>
     <w:rsid w:val="003D1E9B"/>
+    <w:rsid w:val="003F46AC"/>
     <w:rsid w:val="004244B0"/>
+    <w:rsid w:val="004F5DA0"/>
     <w:rsid w:val="005215C8"/>
+    <w:rsid w:val="005B11BF"/>
+    <w:rsid w:val="005B5309"/>
+    <w:rsid w:val="0065288E"/>
     <w:rsid w:val="00687EC4"/>
+    <w:rsid w:val="006B1C01"/>
+    <w:rsid w:val="00701073"/>
     <w:rsid w:val="007670FC"/>
+    <w:rsid w:val="007F52DC"/>
     <w:rsid w:val="00802BA4"/>
     <w:rsid w:val="0080485E"/>
     <w:rsid w:val="008209B2"/>
+    <w:rsid w:val="00845A16"/>
+    <w:rsid w:val="0084656D"/>
+    <w:rsid w:val="00856CDC"/>
     <w:rsid w:val="00883BB0"/>
     <w:rsid w:val="008A3B4B"/>
     <w:rsid w:val="00904E51"/>
     <w:rsid w:val="00905FF8"/>
     <w:rsid w:val="00924BB2"/>
+    <w:rsid w:val="0092518B"/>
     <w:rsid w:val="00942F94"/>
+    <w:rsid w:val="00943266"/>
     <w:rsid w:val="009A2B17"/>
     <w:rsid w:val="009E78AB"/>
     <w:rsid w:val="00A44E2E"/>
     <w:rsid w:val="00A45BBF"/>
+    <w:rsid w:val="00A567D8"/>
     <w:rsid w:val="00AF6FDC"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B81622"/>
     <w:rsid w:val="00B92543"/>
+    <w:rsid w:val="00BB5668"/>
     <w:rsid w:val="00C03BA9"/>
+    <w:rsid w:val="00C6158D"/>
+    <w:rsid w:val="00CA589D"/>
     <w:rsid w:val="00D07C33"/>
+    <w:rsid w:val="00D36AA4"/>
     <w:rsid w:val="00D44382"/>
     <w:rsid w:val="00D4573D"/>
     <w:rsid w:val="00D7572D"/>
+    <w:rsid w:val="00D901B0"/>
+    <w:rsid w:val="00DC0C84"/>
+    <w:rsid w:val="00DD36C2"/>
     <w:rsid w:val="00DF7404"/>
+    <w:rsid w:val="00E05DA9"/>
     <w:rsid w:val="00E12E2C"/>
     <w:rsid w:val="00E26EA3"/>
+    <w:rsid w:val="00E40C1E"/>
     <w:rsid w:val="00E61BF4"/>
     <w:rsid w:val="00E942A8"/>
+    <w:rsid w:val="00EB21F1"/>
+    <w:rsid w:val="00EE5BE2"/>
+    <w:rsid w:val="00F02362"/>
+    <w:rsid w:val="00F100DA"/>
+    <w:rsid w:val="00F1240D"/>
     <w:rsid w:val="00F61D49"/>
     <w:rsid w:val="00F76712"/>
+    <w:rsid w:val="00FB64C0"/>
+    <w:rsid w:val="00FE5607"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="16379CF4"/>
+  <w14:docId w14:val="55C8C4D3"/>
   <w15:docId w15:val="{1C50076C-81AC-4446-ACD5-2985D3E447E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10939,50 +5372,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11088,66 +5526,105 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00942F94"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00942F94"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="349569893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="583610662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1489705468">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1796604321">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1974631282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
@@ -11431,67 +5908,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7037C7EA-F6B2-468B-A4D9-8CE16828EE11}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2717</Characters>
+  <Pages>2</Pages>
+  <Words>636</Words>
+  <Characters>3629</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7467</CharactersWithSpaces>
+  <CharactersWithSpaces>4257</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dainius</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>