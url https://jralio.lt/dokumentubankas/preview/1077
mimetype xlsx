--- v0 (2025-11-08)
+++ v1 (2025-12-21)
@@ -1,141 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\211\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\211\Desktop\NECIS\2024_2025\PUPP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5DB3A311-3634-4FF1-98E9-1AB68BBC0025}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCF87E86-F6AD-4EE3-8A7B-2CB53E875A39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{5AB8D888-1EC8-4442-8AAC-30FA39619BAE}"/>
   </bookViews>
   <sheets>
     <sheet name="Lapas1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>PUPP rezultatai pagal mokymosi pasiekimų lygius (proc.) 2024-2025 m. m.</t>
   </si>
   <si>
     <t>Mokomasis dalykas</t>
   </si>
   <si>
     <t>164 kandidatai</t>
   </si>
   <si>
     <t>Nepasiekė patenkinamo lygio</t>
   </si>
   <si>
     <t>Slenkstinis lygis</t>
   </si>
   <si>
     <t>Patenkinamas lygis</t>
   </si>
   <si>
     <t>Pagrindinis lygis</t>
   </si>
   <si>
     <t>Aukštesnysis lygis</t>
   </si>
   <si>
     <t>Vidutinis balas</t>
   </si>
   <si>
     <t>Matematika</t>
   </si>
   <si>
-    <t>15 (9,1 proc.)</t>
-[...1 lines deleted...]
-  <si>
     <t>10 (6,1 proc.)</t>
   </si>
   <si>
     <t>73 (44,5 proc.)</t>
   </si>
   <si>
     <t>8 (4,9 proc.)</t>
   </si>
   <si>
     <t>Lietuvių kalba</t>
   </si>
   <si>
     <t>2 (1,2 proc.)</t>
   </si>
   <si>
     <t>13 (7,9 proc.)</t>
   </si>
   <si>
     <t>45 (27,4 proc.)</t>
   </si>
   <si>
     <t>97 (59,1 proc.)</t>
   </si>
   <si>
     <t>7 (4,3 proc.)</t>
+  </si>
+  <si>
+    <t>14 (8,5 proc.)</t>
+  </si>
+  <si>
+    <t>59 (35,9 proc.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -481,149 +484,149 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC42A4C2-884B-476F-97FF-5C32062CF5A0}">
   <dimension ref="B2:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G18" sqref="G18"/>
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="23.7109375" customWidth="1"/>
     <col min="3" max="3" width="34.7109375" customWidth="1"/>
     <col min="4" max="4" width="18.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.140625" customWidth="1"/>
     <col min="6" max="6" width="19.140625" customWidth="1"/>
     <col min="7" max="7" width="21.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
     <row r="3" spans="2:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="2:8" ht="93.75" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B4" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="G5" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H5" s="1">
         <v>6.1</v>
       </c>
     </row>
     <row r="6" spans="2:8" ht="18.75" x14ac:dyDescent="0.3">
       <c r="B6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="H6" s="1">
         <v>6.7</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>